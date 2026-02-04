--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d28b46205939bbfb14da93e929dbc27b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92f0bbd8a8a870a24f8b5aee656b58be.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbd0931e805615ef8e8601a92b637cac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9735f09853f9d0ff453c709b1526d637.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d28b46205939bbfb14da93e929dbc27b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00647e548d6a3b37f0d53a2fde708e39.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbd0931e805615ef8e8601a92b637cac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b8749dc533add8d9b300dcfaf1e8885.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d28b46205939bbfb14da93e929dbc27b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97488a325cd851b34b2d0fb4417123a5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbd0931e805615ef8e8601a92b637cac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3501bc231a8075a33d8171d0b7669b09.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d28b46205939bbfb14da93e929dbc27b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/771f01d17ee2e91788e9bfaac90c8cf3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbd0931e805615ef8e8601a92b637cac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a3c2327730956ab30fbcd13be4acc33.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d28b46205939bbfb14da93e929dbc27b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80280606595245a659e9049f2340e60a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbd0931e805615ef8e8601a92b637cac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b053e230ee5d5ffe56d889e0991512fe.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d28b46205939bbfb14da93e929dbc27b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0180cb951eb704b7f9f564ab09e57b62.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbd0931e805615ef8e8601a92b637cac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccd449fc6105f5a40bc422a34a8cfe0d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d28b46205939bbfb14da93e929dbc27b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8a74520a4d8ae6e38cc49fb477dc3d9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbd0931e805615ef8e8601a92b637cac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30d05a994a5bdb5fd3ebdecddea8a75b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d28b46205939bbfb14da93e929dbc27b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/767944716197a375e3cc8e4cc5e04f6d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbd0931e805615ef8e8601a92b637cac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15e7a2dcfac7a1b29cc4d605514d3cd6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>