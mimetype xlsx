--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbd0931e805615ef8e8601a92b637cac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9735f09853f9d0ff453c709b1526d637.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ed9e228911aee300a037b0ffaf8a2c3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44a43d9f9b64b2d2822084977714664d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbd0931e805615ef8e8601a92b637cac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b8749dc533add8d9b300dcfaf1e8885.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ed9e228911aee300a037b0ffaf8a2c3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/164705125fce2ac917fabbecb6d0df96.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbd0931e805615ef8e8601a92b637cac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3501bc231a8075a33d8171d0b7669b09.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ed9e228911aee300a037b0ffaf8a2c3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a076a741ae9f9e3065be6145b12a589f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbd0931e805615ef8e8601a92b637cac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a3c2327730956ab30fbcd13be4acc33.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ed9e228911aee300a037b0ffaf8a2c3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/695149fe2ec495d0307be4cf95209e4d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbd0931e805615ef8e8601a92b637cac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b053e230ee5d5ffe56d889e0991512fe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ed9e228911aee300a037b0ffaf8a2c3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab749998006064fe9e8344c07799e136.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbd0931e805615ef8e8601a92b637cac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccd449fc6105f5a40bc422a34a8cfe0d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ed9e228911aee300a037b0ffaf8a2c3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf85b9e9cd731e546b299bcc6f8bf3ed.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbd0931e805615ef8e8601a92b637cac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30d05a994a5bdb5fd3ebdecddea8a75b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ed9e228911aee300a037b0ffaf8a2c3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86b34200aeab1e476353f004eb6973e5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbd0931e805615ef8e8601a92b637cac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15e7a2dcfac7a1b29cc4d605514d3cd6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ed9e228911aee300a037b0ffaf8a2c3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4d14da97e0f8caf8eb03e95e5b3aea3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>