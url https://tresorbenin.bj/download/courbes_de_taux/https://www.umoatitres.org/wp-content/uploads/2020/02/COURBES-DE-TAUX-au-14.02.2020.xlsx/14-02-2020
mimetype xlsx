--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8ace3f68f45dae8fbc8884aefd576cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/140f25cc10772d5695b1b16f79a6ab11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f564d5354d185399071ddfc6b96358a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56c5276a87500817bfed68d6ca6f47c4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8ace3f68f45dae8fbc8884aefd576cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9e98ae9f7c5123ff787556a99c234d5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f564d5354d185399071ddfc6b96358a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/417d695fadb5e50f49fed2b085c967ef.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8ace3f68f45dae8fbc8884aefd576cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aab4a58bf0390d6ccf86aaa98f03539e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f564d5354d185399071ddfc6b96358a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a47f06a50b758af66815bd0dd5a5cf4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8ace3f68f45dae8fbc8884aefd576cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20c89e31bb29bab646cd50926a090fcb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f564d5354d185399071ddfc6b96358a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3fdc87696b2af9e7514b2a827eaf53b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8ace3f68f45dae8fbc8884aefd576cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfcbe46cd4540502063f5351a251c24a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f564d5354d185399071ddfc6b96358a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca451906a258b820a8a29c90ff6fec6a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8ace3f68f45dae8fbc8884aefd576cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c7a9c30455b95a4bfe5d45472bf8059.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f564d5354d185399071ddfc6b96358a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c47e62049420543f3745a11b8c50706f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8ace3f68f45dae8fbc8884aefd576cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83525894c17f2611ed7916a5f773aee6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f564d5354d185399071ddfc6b96358a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c22260ac8f048e9305b19130974aad3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8ace3f68f45dae8fbc8884aefd576cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c9cc74185d3add768b064ed8dd3fdba.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f564d5354d185399071ddfc6b96358a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f3ccc76005f99a7e0dd835897d6c66c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>