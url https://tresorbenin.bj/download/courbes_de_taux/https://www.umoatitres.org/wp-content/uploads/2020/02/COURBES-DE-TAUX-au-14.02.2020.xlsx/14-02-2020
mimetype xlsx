--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f564d5354d185399071ddfc6b96358a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56c5276a87500817bfed68d6ca6f47c4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c650d02c87906c9e659fe4f37cde735.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9747b3decb41e55f4f020bb5cc6c46a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f564d5354d185399071ddfc6b96358a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/417d695fadb5e50f49fed2b085c967ef.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c650d02c87906c9e659fe4f37cde735.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2a4efde0e9ff54cba06352f3dd4ee55.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f564d5354d185399071ddfc6b96358a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a47f06a50b758af66815bd0dd5a5cf4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c650d02c87906c9e659fe4f37cde735.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a643979a93f8d606b453a365cabf70c0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f564d5354d185399071ddfc6b96358a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3fdc87696b2af9e7514b2a827eaf53b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c650d02c87906c9e659fe4f37cde735.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e11c3da7656ab06a3ab22d4d0f238478.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f564d5354d185399071ddfc6b96358a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca451906a258b820a8a29c90ff6fec6a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c650d02c87906c9e659fe4f37cde735.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c44d989da66a4c90582ec43cfffff1eb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f564d5354d185399071ddfc6b96358a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c47e62049420543f3745a11b8c50706f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c650d02c87906c9e659fe4f37cde735.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc7b016232d9863e9d5ce612718dc5cc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f564d5354d185399071ddfc6b96358a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c22260ac8f048e9305b19130974aad3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c650d02c87906c9e659fe4f37cde735.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65042fffb18775094a46872faac52669.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f564d5354d185399071ddfc6b96358a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f3ccc76005f99a7e0dd835897d6c66c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c650d02c87906c9e659fe4f37cde735.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cf14fe06c4666d0cb27433361b0f287.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>