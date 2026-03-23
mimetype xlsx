--- v2 (2026-03-23)
+++ v3 (2026-03-23)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c650d02c87906c9e659fe4f37cde735.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9747b3decb41e55f4f020bb5cc6c46a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c62d7974e843dca9864fc5046caf361.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a400a7c548bc35ff0a1cc92bc084ee1a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c650d02c87906c9e659fe4f37cde735.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2a4efde0e9ff54cba06352f3dd4ee55.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c62d7974e843dca9864fc5046caf361.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4db0462a9d630f9ce609d97d09ea8893.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c650d02c87906c9e659fe4f37cde735.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a643979a93f8d606b453a365cabf70c0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c62d7974e843dca9864fc5046caf361.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/264f2dfe290368461b8ceb4e709d220e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c650d02c87906c9e659fe4f37cde735.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e11c3da7656ab06a3ab22d4d0f238478.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c62d7974e843dca9864fc5046caf361.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1943d1e05cb92dd6f3291a174fa78691.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c650d02c87906c9e659fe4f37cde735.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c44d989da66a4c90582ec43cfffff1eb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c62d7974e843dca9864fc5046caf361.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47cb03664c3129880ad5627c9f9c5584.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c650d02c87906c9e659fe4f37cde735.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc7b016232d9863e9d5ce612718dc5cc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c62d7974e843dca9864fc5046caf361.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e438e1b6200f55182475b03eab7d732.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c650d02c87906c9e659fe4f37cde735.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65042fffb18775094a46872faac52669.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c62d7974e843dca9864fc5046caf361.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fef7f0085f096f73f096db236682e449.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c650d02c87906c9e659fe4f37cde735.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cf14fe06c4666d0cb27433361b0f287.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c62d7974e843dca9864fc5046caf361.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95c37be5bb6977925e90b69efa7f29fb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>