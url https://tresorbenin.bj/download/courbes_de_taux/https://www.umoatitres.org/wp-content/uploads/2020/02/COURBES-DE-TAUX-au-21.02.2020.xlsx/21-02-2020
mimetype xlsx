--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5b7b9bce4c1fe1f854f3002b09f80fd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d22bcac19808b09471affd3f0499846.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/585fe99a3bd3e167241c9ddd83914cb0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da75e76bec381d732cf0e9896118f4dd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5b7b9bce4c1fe1f854f3002b09f80fd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/303dfea1b295612d9b2b8f1011ba8077.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/585fe99a3bd3e167241c9ddd83914cb0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/119c4927efde719386d43cb26608dc2c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5b7b9bce4c1fe1f854f3002b09f80fd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f242d8454b6e1c2d83ab7f51a7ac8958.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/585fe99a3bd3e167241c9ddd83914cb0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efeb44646a9249a34323971033268358.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5b7b9bce4c1fe1f854f3002b09f80fd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d18c2c131fb52911e4b7be799661a919.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/585fe99a3bd3e167241c9ddd83914cb0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9379bc5b3ac66004a65021cf10c94df0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5b7b9bce4c1fe1f854f3002b09f80fd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d1eef73163e86dea36364f6a6466b46.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/585fe99a3bd3e167241c9ddd83914cb0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6394972e7b9e52ea0f0735d6c4b5a2c0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5b7b9bce4c1fe1f854f3002b09f80fd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b0d40f340e01ec774044e893aa04647.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/585fe99a3bd3e167241c9ddd83914cb0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f66e9ff941349a16742807999605cfe.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5b7b9bce4c1fe1f854f3002b09f80fd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a75abe54767f1cd3989d42941ad799a7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/585fe99a3bd3e167241c9ddd83914cb0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a73c9d6c79c42fa2aee298468393767.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5b7b9bce4c1fe1f854f3002b09f80fd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d87d339dd89bffe5bedf93e553c32ef.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/585fe99a3bd3e167241c9ddd83914cb0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57650ce5952df3a363bd9597b7fd920e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>