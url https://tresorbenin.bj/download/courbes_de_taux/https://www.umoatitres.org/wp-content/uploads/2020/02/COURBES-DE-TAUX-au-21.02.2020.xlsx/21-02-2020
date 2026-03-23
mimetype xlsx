--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/585fe99a3bd3e167241c9ddd83914cb0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da75e76bec381d732cf0e9896118f4dd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3464c7fe25a5933fe922456c22d8dbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbeeed47f954c7a20416aeadd5b303e7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/585fe99a3bd3e167241c9ddd83914cb0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/119c4927efde719386d43cb26608dc2c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3464c7fe25a5933fe922456c22d8dbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74f786e3f6288bd31c678b73017b3164.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/585fe99a3bd3e167241c9ddd83914cb0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efeb44646a9249a34323971033268358.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3464c7fe25a5933fe922456c22d8dbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58a072e030978b0b9175f0e450a7a311.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/585fe99a3bd3e167241c9ddd83914cb0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9379bc5b3ac66004a65021cf10c94df0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3464c7fe25a5933fe922456c22d8dbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3afb719b304e65c2e189128021c58ab0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/585fe99a3bd3e167241c9ddd83914cb0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6394972e7b9e52ea0f0735d6c4b5a2c0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3464c7fe25a5933fe922456c22d8dbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38d08d9a7084613510ab41ff776250b6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/585fe99a3bd3e167241c9ddd83914cb0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f66e9ff941349a16742807999605cfe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3464c7fe25a5933fe922456c22d8dbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bb2e07016167d454ce7c7cee29e0549.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/585fe99a3bd3e167241c9ddd83914cb0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a73c9d6c79c42fa2aee298468393767.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3464c7fe25a5933fe922456c22d8dbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd7bfdd7527e5af8d278896e4cf10f42.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/585fe99a3bd3e167241c9ddd83914cb0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57650ce5952df3a363bd9597b7fd920e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3464c7fe25a5933fe922456c22d8dbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1b0b871788932cd86a058dcc60b8e08.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>