--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc5a22c262705c9407224fdac325b935.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75c2bdd1528f75c9d9b16a086972980d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/270805f7c6805c4e1807f3cfd75f10e5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0aac5b7d1abaf19297bac3b581db2a54.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc5a22c262705c9407224fdac325b935.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be8ae52dba19aa55c2529c50784d302b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/270805f7c6805c4e1807f3cfd75f10e5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa5b6b508d34968ce9325e7fdbbdcbb0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc5a22c262705c9407224fdac325b935.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7112975d0d8205e912bc9faae05f403.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/270805f7c6805c4e1807f3cfd75f10e5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3eb4a6bbdf586ad1a2c68df65006f53f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc5a22c262705c9407224fdac325b935.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf7c91502c3357630c43f5f992de74fb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/270805f7c6805c4e1807f3cfd75f10e5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77d86b06ec1f5bd8377ec805c17089a5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc5a22c262705c9407224fdac325b935.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/300a42a4f9d99ebc8a1fd6a45b3bcac9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/270805f7c6805c4e1807f3cfd75f10e5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfe837244050cba4e8dcd027813f4f84.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc5a22c262705c9407224fdac325b935.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccc1ad554cc93a019e2b212a7fcdf455.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/270805f7c6805c4e1807f3cfd75f10e5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1d25364b9408c157b51cf68a4c5c954.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc5a22c262705c9407224fdac325b935.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77662b1e5d227b196e73c326f1722b3c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/270805f7c6805c4e1807f3cfd75f10e5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac26c6d33e327b37dc45df661cfb2fe2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc5a22c262705c9407224fdac325b935.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7815f8ec758ffb25eb67861d0879d624.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/270805f7c6805c4e1807f3cfd75f10e5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3d56bf968fdeb7db6faa53a610c3a78.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>