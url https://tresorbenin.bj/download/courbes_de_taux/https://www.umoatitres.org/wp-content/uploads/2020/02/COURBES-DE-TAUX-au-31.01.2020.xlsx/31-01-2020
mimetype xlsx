--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/270805f7c6805c4e1807f3cfd75f10e5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0aac5b7d1abaf19297bac3b581db2a54.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7720774b9b486f14c4082ca7698f1ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15f798bf392468887aa381400b282eb4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/270805f7c6805c4e1807f3cfd75f10e5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa5b6b508d34968ce9325e7fdbbdcbb0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7720774b9b486f14c4082ca7698f1ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8712c238cc64b2c6014c2319264ec44.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/270805f7c6805c4e1807f3cfd75f10e5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3eb4a6bbdf586ad1a2c68df65006f53f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7720774b9b486f14c4082ca7698f1ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5418fec0a177ef13d47e72174737a815.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/270805f7c6805c4e1807f3cfd75f10e5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77d86b06ec1f5bd8377ec805c17089a5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7720774b9b486f14c4082ca7698f1ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c76f97ecad251899ba80ab0849d80d9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/270805f7c6805c4e1807f3cfd75f10e5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfe837244050cba4e8dcd027813f4f84.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7720774b9b486f14c4082ca7698f1ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3962ae3eb5621dd8c00fd71afc66a90c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/270805f7c6805c4e1807f3cfd75f10e5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1d25364b9408c157b51cf68a4c5c954.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7720774b9b486f14c4082ca7698f1ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e96ba62d25919c093d34d5813c9aea17.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/270805f7c6805c4e1807f3cfd75f10e5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac26c6d33e327b37dc45df661cfb2fe2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7720774b9b486f14c4082ca7698f1ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2fd8a1b8b9318a27a559d6db359092e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/270805f7c6805c4e1807f3cfd75f10e5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3d56bf968fdeb7db6faa53a610c3a78.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7720774b9b486f14c4082ca7698f1ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cce616c5346ad316f4db0b33588b34ed.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>