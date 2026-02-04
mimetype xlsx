--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21e858fb37c74fab82f3edcb0e63a4b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8100a24ba156ffafcbe86948d840f246.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5811a82533d380ccceb707866e553e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22ea7454be83d792d28cce970e5c1a90.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21e858fb37c74fab82f3edcb0e63a4b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac270a804a2d4c82f294952f53dba363.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5811a82533d380ccceb707866e553e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adc844a0e67177a34004d27c93224d96.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21e858fb37c74fab82f3edcb0e63a4b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c73baa32c2d8c4afc4f1a52db97128f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5811a82533d380ccceb707866e553e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7095b4d1f756c24ecec5a4340aeeb7a0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21e858fb37c74fab82f3edcb0e63a4b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adeacb0c2d20341ef88ad7541eb28fb5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5811a82533d380ccceb707866e553e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b993cec438a143696795d25aa67e7b1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21e858fb37c74fab82f3edcb0e63a4b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c65dc9f684c03a01b881ed012231fcad.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5811a82533d380ccceb707866e553e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c09f64d7d8370f76a3c34e55b4747b96.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21e858fb37c74fab82f3edcb0e63a4b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7633b6c7615bbc71ffc8006b7564266.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5811a82533d380ccceb707866e553e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a71887e27e2703f051f082f855d2d70.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21e858fb37c74fab82f3edcb0e63a4b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f005677f61f6e8a5d3dcb83dbcc866d6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5811a82533d380ccceb707866e553e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca41fb97c84cd6a48abe7b1e68b511a6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21e858fb37c74fab82f3edcb0e63a4b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ccc6deb8b787ef5a5d84af4510db5ba.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5811a82533d380ccceb707866e553e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d72eab61584c2df547a8cde032bbfc9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>