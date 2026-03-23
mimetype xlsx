--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5811a82533d380ccceb707866e553e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22ea7454be83d792d28cce970e5c1a90.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9dd945b8cdfeae96b0c1ea79c0fe072.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/284d971f8442a275dbae710f666a228f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5811a82533d380ccceb707866e553e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adc844a0e67177a34004d27c93224d96.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9dd945b8cdfeae96b0c1ea79c0fe072.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c50d1f24c9bc81c12c4f4d9d1051fb9f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5811a82533d380ccceb707866e553e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7095b4d1f756c24ecec5a4340aeeb7a0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9dd945b8cdfeae96b0c1ea79c0fe072.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23a3a1c5dd4d5e9ae56362a7300d1f73.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5811a82533d380ccceb707866e553e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b993cec438a143696795d25aa67e7b1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9dd945b8cdfeae96b0c1ea79c0fe072.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/776ee1b411dd877a5922354585e022c2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5811a82533d380ccceb707866e553e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c09f64d7d8370f76a3c34e55b4747b96.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9dd945b8cdfeae96b0c1ea79c0fe072.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7755e71c7e46f31d71389d6903394e10.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5811a82533d380ccceb707866e553e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a71887e27e2703f051f082f855d2d70.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9dd945b8cdfeae96b0c1ea79c0fe072.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7d610347a570a6b8f9c1bad6e4b26bd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5811a82533d380ccceb707866e553e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca41fb97c84cd6a48abe7b1e68b511a6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9dd945b8cdfeae96b0c1ea79c0fe072.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b67ed0e1d45e8ceba620d52e448f03a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5811a82533d380ccceb707866e553e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d72eab61584c2df547a8cde032bbfc9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9dd945b8cdfeae96b0c1ea79c0fe072.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecdac38853ce4f1d56f34c95e9a8caf1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>