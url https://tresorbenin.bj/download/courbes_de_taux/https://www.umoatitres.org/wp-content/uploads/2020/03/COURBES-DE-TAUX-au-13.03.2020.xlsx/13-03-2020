--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c7d9e2752a0ecfdafcd7e90976e9a6b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be520ef850b69d48c0ee2307dec47dc7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b7eecd13ad9d281b5d7ce0f4cfe810.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f016f297f70b907961ac68975371004d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c7d9e2752a0ecfdafcd7e90976e9a6b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/188ea005ddc76b2d0467422b1606dd42.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b7eecd13ad9d281b5d7ce0f4cfe810.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa13cdbe9e13d8c2554d34c6688d9859.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c7d9e2752a0ecfdafcd7e90976e9a6b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9ebb3ed59e56f1110a78b659281241c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b7eecd13ad9d281b5d7ce0f4cfe810.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec375cc63e37ae3862d4e9f5309b04bf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c7d9e2752a0ecfdafcd7e90976e9a6b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2d19926a009ec5a22098506530cb4fe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b7eecd13ad9d281b5d7ce0f4cfe810.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88109f375fad7f2332f83b03e5b6ef46.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c7d9e2752a0ecfdafcd7e90976e9a6b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f4af3f6e6a1bba14f7ca449ebefdf5e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b7eecd13ad9d281b5d7ce0f4cfe810.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdf0acc87d43758677662b7c7f128b47.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c7d9e2752a0ecfdafcd7e90976e9a6b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/897dfb19dc14e56d0be4c79ae55765e2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b7eecd13ad9d281b5d7ce0f4cfe810.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dbb1ba70d118e1d0102577887045585.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c7d9e2752a0ecfdafcd7e90976e9a6b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14e1140f6c0d4777853b6a6440b8f2c6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b7eecd13ad9d281b5d7ce0f4cfe810.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65a793fa4af992d76709d1e666fa3007.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c7d9e2752a0ecfdafcd7e90976e9a6b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c4ca85eefbbc3d793e57bc2aaf3f7b0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b7eecd13ad9d281b5d7ce0f4cfe810.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e1aefb234a5f21d04da9120a8100049.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>