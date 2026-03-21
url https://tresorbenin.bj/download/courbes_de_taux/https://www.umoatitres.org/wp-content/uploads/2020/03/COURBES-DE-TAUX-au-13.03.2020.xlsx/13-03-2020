--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b7eecd13ad9d281b5d7ce0f4cfe810.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f016f297f70b907961ac68975371004d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed4275515e23d50d9eda33c7131a1986.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eae51d5fbb1714e9adff11007c43b69f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b7eecd13ad9d281b5d7ce0f4cfe810.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa13cdbe9e13d8c2554d34c6688d9859.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed4275515e23d50d9eda33c7131a1986.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79eefd79d41d2cf68c5e437388b9545e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b7eecd13ad9d281b5d7ce0f4cfe810.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec375cc63e37ae3862d4e9f5309b04bf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed4275515e23d50d9eda33c7131a1986.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bc5746f7729262081d55a054b4dfda1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b7eecd13ad9d281b5d7ce0f4cfe810.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88109f375fad7f2332f83b03e5b6ef46.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed4275515e23d50d9eda33c7131a1986.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13d4411b5be23f8e977855c589b363ff.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b7eecd13ad9d281b5d7ce0f4cfe810.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdf0acc87d43758677662b7c7f128b47.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed4275515e23d50d9eda33c7131a1986.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2086acc9215c876f0e5c0b8c8d59f808.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b7eecd13ad9d281b5d7ce0f4cfe810.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dbb1ba70d118e1d0102577887045585.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed4275515e23d50d9eda33c7131a1986.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5609cacef7d52d58295b759e9148bb5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b7eecd13ad9d281b5d7ce0f4cfe810.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65a793fa4af992d76709d1e666fa3007.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed4275515e23d50d9eda33c7131a1986.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/679d99c5ca3ed1da068874582ebc107c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b7eecd13ad9d281b5d7ce0f4cfe810.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e1aefb234a5f21d04da9120a8100049.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed4275515e23d50d9eda33c7131a1986.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d044a55029aaab72f85acd273c8b361.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>