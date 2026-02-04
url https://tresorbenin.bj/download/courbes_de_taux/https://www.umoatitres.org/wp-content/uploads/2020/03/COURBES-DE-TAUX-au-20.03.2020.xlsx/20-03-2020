--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/238d5483f55178ac42c390fa9a990432.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/beb0da501f7da9add8f88ef5683d4bf1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a6aa402fbfb568d1f8977a0c39b626.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56ad6b7e0bf0aeb50502fa61068a4798.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/238d5483f55178ac42c390fa9a990432.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33979f3c008c2f923ac83dd5e40a0a6d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a6aa402fbfb568d1f8977a0c39b626.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07e94d9ad2682b15e5f70d90b6d79f17.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/238d5483f55178ac42c390fa9a990432.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/811ddaee8df35c644be0e4de1c26bd7a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a6aa402fbfb568d1f8977a0c39b626.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41a17ca57301617862854b58860303a3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/238d5483f55178ac42c390fa9a990432.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad1d5e3d3006386c637003064521647b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a6aa402fbfb568d1f8977a0c39b626.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/907c0ca40d9a2b56485b537ca3fc0091.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/238d5483f55178ac42c390fa9a990432.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf43830f7cfeb92b6a2fbb588a9d1f92.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a6aa402fbfb568d1f8977a0c39b626.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c88cc1fd6e3d732f9b44cb3e786f350.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/238d5483f55178ac42c390fa9a990432.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80f1e012aea3fc2b941f4718f24dfb29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a6aa402fbfb568d1f8977a0c39b626.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbae03fdfd3411cbe52106840ebecfe1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/238d5483f55178ac42c390fa9a990432.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8512a844ee02c1190937414a76295870.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a6aa402fbfb568d1f8977a0c39b626.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5bb458c808df0af41ab19eb9a0ddb5a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/238d5483f55178ac42c390fa9a990432.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4517e10aa7b24e46d5f123d93a25ca4e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a6aa402fbfb568d1f8977a0c39b626.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63eec5697086b897a4bd0e615f7132e6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>