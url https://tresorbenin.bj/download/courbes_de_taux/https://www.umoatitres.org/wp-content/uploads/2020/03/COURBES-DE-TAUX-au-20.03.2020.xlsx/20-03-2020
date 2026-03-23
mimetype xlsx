--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a6aa402fbfb568d1f8977a0c39b626.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56ad6b7e0bf0aeb50502fa61068a4798.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36136c5a363b334aea447fdcb4463dd1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e1ab0380b42d8b05203550ec20c3a05.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a6aa402fbfb568d1f8977a0c39b626.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07e94d9ad2682b15e5f70d90b6d79f17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36136c5a363b334aea447fdcb4463dd1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5e3c57b3c1c04a9505d6b5204fb9bf2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a6aa402fbfb568d1f8977a0c39b626.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41a17ca57301617862854b58860303a3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36136c5a363b334aea447fdcb4463dd1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc2d8165b0505b8c9d09dde6ffadfdbf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a6aa402fbfb568d1f8977a0c39b626.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/907c0ca40d9a2b56485b537ca3fc0091.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36136c5a363b334aea447fdcb4463dd1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78f5f3419a1f9e04931bdb2d11dcf2f5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a6aa402fbfb568d1f8977a0c39b626.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c88cc1fd6e3d732f9b44cb3e786f350.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36136c5a363b334aea447fdcb4463dd1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5192c5ceaa4c286f4eaba0605952d34.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a6aa402fbfb568d1f8977a0c39b626.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbae03fdfd3411cbe52106840ebecfe1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36136c5a363b334aea447fdcb4463dd1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d826c301ec2a80a57d5c8f08ad0e1dd6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a6aa402fbfb568d1f8977a0c39b626.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5bb458c808df0af41ab19eb9a0ddb5a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36136c5a363b334aea447fdcb4463dd1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dbe2825d73a73a381fda8c987a74407.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a6aa402fbfb568d1f8977a0c39b626.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63eec5697086b897a4bd0e615f7132e6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36136c5a363b334aea447fdcb4463dd1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c286faa5fcaa457f1de786c5535b9f5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>