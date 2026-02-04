--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/422405fafa6f9c0b58144581fb482829.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90dbf1ae2dbd3a961b86886a73efadb7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/602115cd010c2a7ddb8a3b55be29c45f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4532ad1003619912ed233db8914a4f09.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/422405fafa6f9c0b58144581fb482829.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94f0e262ce8e7dd04108ae45af09add7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/602115cd010c2a7ddb8a3b55be29c45f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64acee8514d7e96c707ccc65df978f77.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/422405fafa6f9c0b58144581fb482829.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b687e856205c72b7c85fd9c28f0e9b2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/602115cd010c2a7ddb8a3b55be29c45f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96ff2003582e5d18e48f629884d579d6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/422405fafa6f9c0b58144581fb482829.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08c674fdc7c0bab293db41708b47fa0c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/602115cd010c2a7ddb8a3b55be29c45f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c834a0d488fccca1bf2a50be0bcb471.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/422405fafa6f9c0b58144581fb482829.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2747e6c91a40291a50242870122555d5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/602115cd010c2a7ddb8a3b55be29c45f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c508d78b9e38195f266db0e8d755ddc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/422405fafa6f9c0b58144581fb482829.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e56c7df705c6a9079ba0fc109357c35f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/602115cd010c2a7ddb8a3b55be29c45f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e9ceec704fc2a0469e5b80b3ccb4dd2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/422405fafa6f9c0b58144581fb482829.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60d8af1cb34046ac3a54e15a2a49e418.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/602115cd010c2a7ddb8a3b55be29c45f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58845b06496e163c1bc6702f35e9b812.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/422405fafa6f9c0b58144581fb482829.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4cb0ea40a8104b57adc9f1373642809.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/602115cd010c2a7ddb8a3b55be29c45f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a1b4270bcfba7bf1152a34eb0dcba0a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>