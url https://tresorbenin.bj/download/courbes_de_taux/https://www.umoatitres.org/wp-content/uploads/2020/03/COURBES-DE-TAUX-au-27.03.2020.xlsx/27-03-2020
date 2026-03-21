--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/602115cd010c2a7ddb8a3b55be29c45f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4532ad1003619912ed233db8914a4f09.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47b589895dcbaae21f91ace7be8978d8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e4304fdd7b6f1556a46f1e46c2b8947.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/602115cd010c2a7ddb8a3b55be29c45f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64acee8514d7e96c707ccc65df978f77.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47b589895dcbaae21f91ace7be8978d8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c574282b22e1e7dcbfd39f8dcaa60fa9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/602115cd010c2a7ddb8a3b55be29c45f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96ff2003582e5d18e48f629884d579d6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47b589895dcbaae21f91ace7be8978d8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c1abb25f675a38d55f71c705fe93dc1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/602115cd010c2a7ddb8a3b55be29c45f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c834a0d488fccca1bf2a50be0bcb471.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47b589895dcbaae21f91ace7be8978d8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a5912ce59c8f4746b398ea6d9628c7a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/602115cd010c2a7ddb8a3b55be29c45f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c508d78b9e38195f266db0e8d755ddc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47b589895dcbaae21f91ace7be8978d8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1eb2cc5b3c24b477d8445d851f3ba47.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/602115cd010c2a7ddb8a3b55be29c45f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e9ceec704fc2a0469e5b80b3ccb4dd2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47b589895dcbaae21f91ace7be8978d8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e00be6eca20265b711b2b38ad05b61bb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/602115cd010c2a7ddb8a3b55be29c45f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58845b06496e163c1bc6702f35e9b812.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47b589895dcbaae21f91ace7be8978d8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/863b8e8389573277c67a17cd08dcf528.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/602115cd010c2a7ddb8a3b55be29c45f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a1b4270bcfba7bf1152a34eb0dcba0a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47b589895dcbaae21f91ace7be8978d8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dad5872323e101f06885606047ca039.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>