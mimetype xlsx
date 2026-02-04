--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24329f1fc733114c94c838fb19b5be87.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c20ab7f20d4382c30d25091c5b11ee33.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d39500477f7c7504e6a3fc89972553ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/777fc095fbe0b564ec67d04a9dd49c7f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24329f1fc733114c94c838fb19b5be87.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97802fd7f01523acf29f051f84f95bf6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d39500477f7c7504e6a3fc89972553ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7541ad2f1bf5b9f438645d794ed2423.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24329f1fc733114c94c838fb19b5be87.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a63e18c5194e56e019cba162befc9d6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d39500477f7c7504e6a3fc89972553ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af866255e96c7a0f2d51fdc67d0323ec.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24329f1fc733114c94c838fb19b5be87.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91c4316f2d63a3e500e9c9eec9e2c4a2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d39500477f7c7504e6a3fc89972553ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/857b5d950ab9f287b7af1000fc3b6262.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24329f1fc733114c94c838fb19b5be87.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e127c1deb6430d53a1b22d2c28986a8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d39500477f7c7504e6a3fc89972553ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e9a281d7b9e5d9134c73cc663cb9078.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24329f1fc733114c94c838fb19b5be87.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3310ea4f3c790323a5ac8a1e57f8c31.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d39500477f7c7504e6a3fc89972553ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/503f56c34267ae249a0fa5fc8f5c7174.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24329f1fc733114c94c838fb19b5be87.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d31f2f0cb03e0c208704765a9755bff.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d39500477f7c7504e6a3fc89972553ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4fd1ca2fa13cdbe51316b7facb5eb44.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24329f1fc733114c94c838fb19b5be87.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99c6619fa38a664e844caf412ef6f658.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d39500477f7c7504e6a3fc89972553ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/233a2e05754a3490b8747d5e41631c51.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>