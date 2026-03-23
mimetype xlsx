--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d39500477f7c7504e6a3fc89972553ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/777fc095fbe0b564ec67d04a9dd49c7f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7437d58336ab7e9bad2c104f20daebe7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b03d654a04113f303e01280c3e61a94.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d39500477f7c7504e6a3fc89972553ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7541ad2f1bf5b9f438645d794ed2423.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7437d58336ab7e9bad2c104f20daebe7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/749458ec2255cdd7ace709315a808cc3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d39500477f7c7504e6a3fc89972553ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af866255e96c7a0f2d51fdc67d0323ec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7437d58336ab7e9bad2c104f20daebe7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/495cf56f76b1096995ec83ab2dfcf606.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d39500477f7c7504e6a3fc89972553ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/857b5d950ab9f287b7af1000fc3b6262.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7437d58336ab7e9bad2c104f20daebe7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba5c83e12b1f385752238c7980cee369.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d39500477f7c7504e6a3fc89972553ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e9a281d7b9e5d9134c73cc663cb9078.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7437d58336ab7e9bad2c104f20daebe7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7cd9fc362e13249ccddf7f5b9371e58.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d39500477f7c7504e6a3fc89972553ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/503f56c34267ae249a0fa5fc8f5c7174.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7437d58336ab7e9bad2c104f20daebe7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc64e1c490cd6f999a0d0fad37ba35ee.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d39500477f7c7504e6a3fc89972553ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4fd1ca2fa13cdbe51316b7facb5eb44.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7437d58336ab7e9bad2c104f20daebe7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b13f7294d25b21ba0851d88ca5c854a5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d39500477f7c7504e6a3fc89972553ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/233a2e05754a3490b8747d5e41631c51.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7437d58336ab7e9bad2c104f20daebe7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88e21460b97256484c84f285e31cca2d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>