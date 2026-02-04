--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d8f1c8743ce4fa30b0d0b36333f9d21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8cd893b5b5e0ab9d3f31b08da80b438.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be311d387210ed837340b9f2aa72b134.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efbdbd9d62ccc01af02fdb49288b8809.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d8f1c8743ce4fa30b0d0b36333f9d21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bac9f837b862796166adb42f3efe27ca.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be311d387210ed837340b9f2aa72b134.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/001f0d781ad22cd109724e8af547d100.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d8f1c8743ce4fa30b0d0b36333f9d21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79509a221a82181ed7e38b7c1d07075a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be311d387210ed837340b9f2aa72b134.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2d0932c0435744b5ad844bd3b1bf495.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d8f1c8743ce4fa30b0d0b36333f9d21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aed199325150777657539815b6b380c0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be311d387210ed837340b9f2aa72b134.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7307864bd1d6e86b37a40430e369aadf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d8f1c8743ce4fa30b0d0b36333f9d21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59eab74f38345b3787dd7654bc36f1d7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be311d387210ed837340b9f2aa72b134.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3704a6a42b5a2fc4e61cdc67b170ba8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d8f1c8743ce4fa30b0d0b36333f9d21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fb43edb6ba6cb086cdd50c275eff2ee.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be311d387210ed837340b9f2aa72b134.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c47e8beef642cfb3cc8909f73ef0c541.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d8f1c8743ce4fa30b0d0b36333f9d21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dedbead341d222329734989f97ce33a4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be311d387210ed837340b9f2aa72b134.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63773aec6c2d31b94dc3ab6a2f4a64b0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d8f1c8743ce4fa30b0d0b36333f9d21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/faa6b460bd92070bda68d62ed27ef95c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be311d387210ed837340b9f2aa72b134.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/848c37c4bb6f96fc1f87c3051b3c7c1e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>