--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be311d387210ed837340b9f2aa72b134.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efbdbd9d62ccc01af02fdb49288b8809.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2218a4dad23331da91ad54a10e413a41.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9767ee53693c43b96af5ca8261cfa8a4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be311d387210ed837340b9f2aa72b134.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/001f0d781ad22cd109724e8af547d100.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2218a4dad23331da91ad54a10e413a41.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65b5396f9e8b5dd135d728d7dcaf4f7c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be311d387210ed837340b9f2aa72b134.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2d0932c0435744b5ad844bd3b1bf495.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2218a4dad23331da91ad54a10e413a41.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6382f1d0cd3335c653f2241eae05edf9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be311d387210ed837340b9f2aa72b134.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7307864bd1d6e86b37a40430e369aadf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2218a4dad23331da91ad54a10e413a41.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28f0b853618fad5ed756d27b02c2435c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be311d387210ed837340b9f2aa72b134.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3704a6a42b5a2fc4e61cdc67b170ba8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2218a4dad23331da91ad54a10e413a41.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48701e572f05c0db8d633e42995adf19.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be311d387210ed837340b9f2aa72b134.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c47e8beef642cfb3cc8909f73ef0c541.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2218a4dad23331da91ad54a10e413a41.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79d8df4908a54c56483ca7ff297c78a0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be311d387210ed837340b9f2aa72b134.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63773aec6c2d31b94dc3ab6a2f4a64b0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2218a4dad23331da91ad54a10e413a41.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95d8b3934bd8a659844eaeef07ff3aa6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be311d387210ed837340b9f2aa72b134.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/848c37c4bb6f96fc1f87c3051b3c7c1e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2218a4dad23331da91ad54a10e413a41.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95ff2cdb60e86b843a4937d1540a3da1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>