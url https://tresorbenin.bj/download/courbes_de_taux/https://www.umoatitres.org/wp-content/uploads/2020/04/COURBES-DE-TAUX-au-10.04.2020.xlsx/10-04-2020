--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af09d7bc22ed6c169ba7690c3ad25936.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bfdd225124ca2cda6ada2b257043772.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980f3be3c73afa9c271d3aef3a0f1295.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00699d8e89346e516d48d1bea3ab76dc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af09d7bc22ed6c169ba7690c3ad25936.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c9e690aa1aca7ddaf4befc7ec0e0f91.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980f3be3c73afa9c271d3aef3a0f1295.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5de12e632153e09ce5bb8ae38d7552b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af09d7bc22ed6c169ba7690c3ad25936.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea64098fe500b598dff2f2e9a46243bd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980f3be3c73afa9c271d3aef3a0f1295.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a152442446cc15f97777ea660a4031c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af09d7bc22ed6c169ba7690c3ad25936.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d99cc1bf3f56eb4a5d4e75a2d10b46fe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980f3be3c73afa9c271d3aef3a0f1295.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a51164cc8b6dd5867bc5d7eacd865649.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af09d7bc22ed6c169ba7690c3ad25936.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ff6e903c66697a5677dadfdcad84821.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980f3be3c73afa9c271d3aef3a0f1295.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6df347840add23187b712d72bf29e148.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af09d7bc22ed6c169ba7690c3ad25936.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5048179025cf301650dd08415fd70de9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980f3be3c73afa9c271d3aef3a0f1295.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0cb74b208fd9cc7800e48e360874aa4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af09d7bc22ed6c169ba7690c3ad25936.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d798b46789927031dbe2a469a371129.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980f3be3c73afa9c271d3aef3a0f1295.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fd27211f460f8b49f706424888c4e9f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af09d7bc22ed6c169ba7690c3ad25936.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e243c85d5d3800d020f028840d88d9be.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980f3be3c73afa9c271d3aef3a0f1295.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2744aae3f63ed86c40e7810c55a27ee3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>