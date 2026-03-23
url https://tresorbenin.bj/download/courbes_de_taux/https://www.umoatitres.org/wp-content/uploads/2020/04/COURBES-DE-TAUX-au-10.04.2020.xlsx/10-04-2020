--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980f3be3c73afa9c271d3aef3a0f1295.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00699d8e89346e516d48d1bea3ab76dc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df198216d5cd257cc665513ba3c935f0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed6b8ff52f0d695fae360344296d6b61.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980f3be3c73afa9c271d3aef3a0f1295.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5de12e632153e09ce5bb8ae38d7552b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df198216d5cd257cc665513ba3c935f0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ea68a8cd952b50d0dae0234c5f51601.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980f3be3c73afa9c271d3aef3a0f1295.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a152442446cc15f97777ea660a4031c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df198216d5cd257cc665513ba3c935f0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba93cbae0186fc7490f4ab522624aefe.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980f3be3c73afa9c271d3aef3a0f1295.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a51164cc8b6dd5867bc5d7eacd865649.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df198216d5cd257cc665513ba3c935f0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfa4c521ab06e136e1e7ba392eaa0e28.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980f3be3c73afa9c271d3aef3a0f1295.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6df347840add23187b712d72bf29e148.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df198216d5cd257cc665513ba3c935f0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/269374b525c76848d8eea48e3cb84363.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980f3be3c73afa9c271d3aef3a0f1295.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0cb74b208fd9cc7800e48e360874aa4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df198216d5cd257cc665513ba3c935f0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e5cfd0069ab2f162c967d5da351f1c0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980f3be3c73afa9c271d3aef3a0f1295.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fd27211f460f8b49f706424888c4e9f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df198216d5cd257cc665513ba3c935f0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2aa56e40e62b3f81995209030b49f14.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980f3be3c73afa9c271d3aef3a0f1295.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2744aae3f63ed86c40e7810c55a27ee3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df198216d5cd257cc665513ba3c935f0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac0660e21abbe0031384dad83e8b2e50.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>