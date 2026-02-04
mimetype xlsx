--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d375f5934373515ffda6488def2731e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/658673fe0615619139ad649148f9828a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a02fe5d70138c89a6ddd15afde022b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89605e936ae5c9d3ef7172379f777902.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d375f5934373515ffda6488def2731e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11a7bd273291ac2307ef33331762bf07.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a02fe5d70138c89a6ddd15afde022b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed08536a2c42bcee968ac1af27c14755.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d375f5934373515ffda6488def2731e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cecb0579c89a285e298361a9262add34.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a02fe5d70138c89a6ddd15afde022b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f35b752d5a3bbfea558f192e6eeaa335.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d375f5934373515ffda6488def2731e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4707f70d1d6e2bb0eadd9948cbd125d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a02fe5d70138c89a6ddd15afde022b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53ce66070b1ff72df8363f7e5f9a9aec.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d375f5934373515ffda6488def2731e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fe90223f4f0cceaf135d14579343cea.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a02fe5d70138c89a6ddd15afde022b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ef7f17843b79425e13213dbd7e9e3e9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d375f5934373515ffda6488def2731e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9affe9d0fa4cd5b4238cebacec12128.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a02fe5d70138c89a6ddd15afde022b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7167d5152e9b3d97fde1d0414883860.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d375f5934373515ffda6488def2731e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9e1e2f59af2c26bd205103e63d88bf9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a02fe5d70138c89a6ddd15afde022b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1901cbc0052c50257e2339994b69ff80.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d375f5934373515ffda6488def2731e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/304d302d255100843be6fa8b4cc0dc7c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a02fe5d70138c89a6ddd15afde022b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8857c68f68d34f70d7a5be1f6fdf17a6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>