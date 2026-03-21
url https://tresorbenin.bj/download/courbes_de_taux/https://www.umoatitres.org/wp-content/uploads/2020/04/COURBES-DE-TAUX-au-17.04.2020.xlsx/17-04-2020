--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a02fe5d70138c89a6ddd15afde022b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89605e936ae5c9d3ef7172379f777902.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ec5ba7b9e254ea87b459ecf837fb53a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bed5269568552699734020c0a3ad018.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a02fe5d70138c89a6ddd15afde022b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed08536a2c42bcee968ac1af27c14755.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ec5ba7b9e254ea87b459ecf837fb53a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30d78e9c081961635a72c0b31d3a9676.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a02fe5d70138c89a6ddd15afde022b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f35b752d5a3bbfea558f192e6eeaa335.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ec5ba7b9e254ea87b459ecf837fb53a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd325a5c2f8f7cba78bfdbae1d5f72f7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a02fe5d70138c89a6ddd15afde022b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53ce66070b1ff72df8363f7e5f9a9aec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ec5ba7b9e254ea87b459ecf837fb53a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a651b4c94663cbfe5d4f296f39437c52.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a02fe5d70138c89a6ddd15afde022b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ef7f17843b79425e13213dbd7e9e3e9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ec5ba7b9e254ea87b459ecf837fb53a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/351f0bd1d4eee5b5cb79e977bd7f0f15.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a02fe5d70138c89a6ddd15afde022b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7167d5152e9b3d97fde1d0414883860.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ec5ba7b9e254ea87b459ecf837fb53a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3afcce45722c3ddad8efbc2c83234709.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a02fe5d70138c89a6ddd15afde022b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1901cbc0052c50257e2339994b69ff80.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ec5ba7b9e254ea87b459ecf837fb53a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e589de9c44fd50689ee1fbe65cf201d0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a02fe5d70138c89a6ddd15afde022b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8857c68f68d34f70d7a5be1f6fdf17a6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ec5ba7b9e254ea87b459ecf837fb53a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/802b3ff8753d1dc609feaee0000b9f42.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>