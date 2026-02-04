--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb71aa16cf48a66668dbc4d0aebdda0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b82acc36cefcb5972e8f3285f2f23e0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f64df475b0e4e594f00402c23b5873ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e63b1bc6407d9f8b8df73d98844299c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb71aa16cf48a66668dbc4d0aebdda0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3ab0f223530561df48184f0a0c81bd6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f64df475b0e4e594f00402c23b5873ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b858267b403aa97ec7fa7e5ddde86e9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb71aa16cf48a66668dbc4d0aebdda0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07314b94f97950176e998d4a4b5c48ae.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f64df475b0e4e594f00402c23b5873ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f152c17061f29bd06b9e6d2d3f99e67.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb71aa16cf48a66668dbc4d0aebdda0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c75ca9541dc437f730aed56bc94135a9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f64df475b0e4e594f00402c23b5873ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6268b6dbe5334957136c13fb6606e44.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb71aa16cf48a66668dbc4d0aebdda0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a42f0a35e33856f934ed4cbb11b0f07.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f64df475b0e4e594f00402c23b5873ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01055121b5f4c5ee67d681299789d6a5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb71aa16cf48a66668dbc4d0aebdda0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2b509bc3213abfe18714790b75a32d8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f64df475b0e4e594f00402c23b5873ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f8b72a05c236229de89c5710cee191a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb71aa16cf48a66668dbc4d0aebdda0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c157e2b627303042db0ec9de96f364d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f64df475b0e4e594f00402c23b5873ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9dc8b5392e227e81cfea1ca82444638.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb71aa16cf48a66668dbc4d0aebdda0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50c0d5480321a49fe7604b7c4c3705d3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f64df475b0e4e594f00402c23b5873ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48df1682291c8ba1453778032186d3f1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>