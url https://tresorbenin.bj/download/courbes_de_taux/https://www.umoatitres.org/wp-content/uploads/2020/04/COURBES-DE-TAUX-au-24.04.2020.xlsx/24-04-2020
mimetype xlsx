--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f64df475b0e4e594f00402c23b5873ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e63b1bc6407d9f8b8df73d98844299c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/927dd58ffa6dfeb00587f56cb2d5b805.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c2007fa4e9967d991af80926246bfac.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f64df475b0e4e594f00402c23b5873ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b858267b403aa97ec7fa7e5ddde86e9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/927dd58ffa6dfeb00587f56cb2d5b805.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f4779a6d157b419cec90efcffbddaf1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f64df475b0e4e594f00402c23b5873ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f152c17061f29bd06b9e6d2d3f99e67.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/927dd58ffa6dfeb00587f56cb2d5b805.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19ef503622ee921309f32e3b1201dd33.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f64df475b0e4e594f00402c23b5873ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6268b6dbe5334957136c13fb6606e44.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/927dd58ffa6dfeb00587f56cb2d5b805.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dd1b296666bf3048e1d4cfd244935dc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f64df475b0e4e594f00402c23b5873ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01055121b5f4c5ee67d681299789d6a5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/927dd58ffa6dfeb00587f56cb2d5b805.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa6e14ed6b98edd8f98af189e603d173.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f64df475b0e4e594f00402c23b5873ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f8b72a05c236229de89c5710cee191a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/927dd58ffa6dfeb00587f56cb2d5b805.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f08a8b26b0e03940b39622b99cad3108.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f64df475b0e4e594f00402c23b5873ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9dc8b5392e227e81cfea1ca82444638.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/927dd58ffa6dfeb00587f56cb2d5b805.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0b29fb141d3aee2612f8d88010377dc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f64df475b0e4e594f00402c23b5873ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48df1682291c8ba1453778032186d3f1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/927dd58ffa6dfeb00587f56cb2d5b805.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1ecac9fe054d55d2b7e2b512f815cfb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>