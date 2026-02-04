--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a81b16988662c57a1f51443720fa0ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bde4fb60c60f0d3f8026ff27e822cea0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39c52e514f1ba090ccee7cabd52f73b4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffa37878f84f180ebac5011062a8e3b5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a81b16988662c57a1f51443720fa0ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fe438da4060084f11d7506141579d74.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39c52e514f1ba090ccee7cabd52f73b4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5435453b47630cce2369298adbb24f1d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a81b16988662c57a1f51443720fa0ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2e16256ddf09fb6cba7a192b83aa3e5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39c52e514f1ba090ccee7cabd52f73b4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4df74c50196f4ae0ca52296cc78fe3c5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a81b16988662c57a1f51443720fa0ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8efc8564a0da0e3cc83d89b74f7e1902.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39c52e514f1ba090ccee7cabd52f73b4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/207c35c2bbc1345b2ee0d733fee64c98.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a81b16988662c57a1f51443720fa0ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6932f6cbb691ecaf6278f83061bd8b5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39c52e514f1ba090ccee7cabd52f73b4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc41b78cfb4fb1bb5d7db95bdf12011e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a81b16988662c57a1f51443720fa0ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/857a5ad0013629308af384fb76788922.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39c52e514f1ba090ccee7cabd52f73b4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa18753833a33f3f164beccc25d87b46.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a81b16988662c57a1f51443720fa0ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fbd20172321a23c0081365ae52ce3b6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39c52e514f1ba090ccee7cabd52f73b4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21f180c88392beab4cb93d87fa2f1145.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a81b16988662c57a1f51443720fa0ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a0680d66138e8ac956e89d7617a2d64.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39c52e514f1ba090ccee7cabd52f73b4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71c51f328d4fd8d453de861244175c96.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>