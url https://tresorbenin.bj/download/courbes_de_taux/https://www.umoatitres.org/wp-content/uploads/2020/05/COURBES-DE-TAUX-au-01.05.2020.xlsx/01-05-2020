--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39c52e514f1ba090ccee7cabd52f73b4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffa37878f84f180ebac5011062a8e3b5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22cf4f26574da18f2aa9288eb53fc4d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cac8215f1c60ba565373d00b05644a6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39c52e514f1ba090ccee7cabd52f73b4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5435453b47630cce2369298adbb24f1d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22cf4f26574da18f2aa9288eb53fc4d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c605bafce52553e5b9563f3c97612d0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39c52e514f1ba090ccee7cabd52f73b4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4df74c50196f4ae0ca52296cc78fe3c5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22cf4f26574da18f2aa9288eb53fc4d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04632efc41ee103d2e1091dd684e2f77.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39c52e514f1ba090ccee7cabd52f73b4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/207c35c2bbc1345b2ee0d733fee64c98.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22cf4f26574da18f2aa9288eb53fc4d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87a3f3d87829b3fba8a1235eda6a7a06.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39c52e514f1ba090ccee7cabd52f73b4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc41b78cfb4fb1bb5d7db95bdf12011e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22cf4f26574da18f2aa9288eb53fc4d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e96d56a1290b0e4c4a8ceb1e74cd5d0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39c52e514f1ba090ccee7cabd52f73b4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa18753833a33f3f164beccc25d87b46.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22cf4f26574da18f2aa9288eb53fc4d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df06d737c597308cd29afbc11b730dcb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39c52e514f1ba090ccee7cabd52f73b4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21f180c88392beab4cb93d87fa2f1145.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22cf4f26574da18f2aa9288eb53fc4d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e561ea3246e43a5da4a39dd63e1832e8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39c52e514f1ba090ccee7cabd52f73b4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71c51f328d4fd8d453de861244175c96.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22cf4f26574da18f2aa9288eb53fc4d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a51a98acb929815e6c8431d92dc67988.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>