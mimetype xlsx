--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45a0f617f1d5b3798c23f0f2a3cbcb15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/318db58267ed9484ad0a85c0e5a5107d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79a1ae8d1f69fc2661302a7772880095.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6c30629e9eb612c23912e27ddfc8848.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45a0f617f1d5b3798c23f0f2a3cbcb15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/450b9cfff19be22b3f778276c49d6a21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79a1ae8d1f69fc2661302a7772880095.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0803828350a14ea4ac5fe0525005849.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45a0f617f1d5b3798c23f0f2a3cbcb15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6912a7c224edd0feacea1c545ea2fedc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79a1ae8d1f69fc2661302a7772880095.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd1037babf2205446c157f3cf34cae90.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45a0f617f1d5b3798c23f0f2a3cbcb15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79a1ae8d1f69fc2661302a7772880095.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45a0f617f1d5b3798c23f0f2a3cbcb15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bda2708f5421b68b691c46e79ba04000.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79a1ae8d1f69fc2661302a7772880095.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/012e918dfcaa5d26292377e776265d5e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45a0f617f1d5b3798c23f0f2a3cbcb15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d77eda591028c85e25d49075b83e69b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79a1ae8d1f69fc2661302a7772880095.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e74454b1eee920a6e4a464988f3fb989.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45a0f617f1d5b3798c23f0f2a3cbcb15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/280c61affcf9c92e49ea023f9307542a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79a1ae8d1f69fc2661302a7772880095.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e8a1233d72c7346c3eede71bb5078be.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45a0f617f1d5b3798c23f0f2a3cbcb15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14c07454e768e06a153f0e2418698e22.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79a1ae8d1f69fc2661302a7772880095.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf4e9de208f01c4d9ba77d65e7d0e1de.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>