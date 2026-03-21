--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79a1ae8d1f69fc2661302a7772880095.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6c30629e9eb612c23912e27ddfc8848.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e021a65ef326a4589a95b762616e0ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0da69872d1b937c6bbc88493595dc3cc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79a1ae8d1f69fc2661302a7772880095.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0803828350a14ea4ac5fe0525005849.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e021a65ef326a4589a95b762616e0ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dc90af258257ead9379a10470ef362f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79a1ae8d1f69fc2661302a7772880095.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd1037babf2205446c157f3cf34cae90.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e021a65ef326a4589a95b762616e0ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63e51a85b0ac398788b3cb6def08e674.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79a1ae8d1f69fc2661302a7772880095.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e021a65ef326a4589a95b762616e0ba.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79a1ae8d1f69fc2661302a7772880095.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/012e918dfcaa5d26292377e776265d5e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e021a65ef326a4589a95b762616e0ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5c6a3fb94d73e1074821e9f33377fc6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79a1ae8d1f69fc2661302a7772880095.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e74454b1eee920a6e4a464988f3fb989.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e021a65ef326a4589a95b762616e0ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bcc6f1eecd00a92cf7c2dd282fa71bd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79a1ae8d1f69fc2661302a7772880095.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e8a1233d72c7346c3eede71bb5078be.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e021a65ef326a4589a95b762616e0ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24f6cf8c740d6aff31a1e0b737ede95f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79a1ae8d1f69fc2661302a7772880095.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf4e9de208f01c4d9ba77d65e7d0e1de.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e021a65ef326a4589a95b762616e0ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fd44e32e301af54f6d46a1454e71459.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>