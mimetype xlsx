--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f8efc1cdb0bd239ded11158e5e3956c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2548d05bb121647cb5e4d1b819e22497.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d195c0dcc5ba121b046a924ee5caabbb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da4ed502aef44ae906fa80475aa3ec46.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f8efc1cdb0bd239ded11158e5e3956c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ecf9f0c085da224d19c15955a6f76f7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d195c0dcc5ba121b046a924ee5caabbb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/836fc62b943ff3c6d6f05c5f72cb81c0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f8efc1cdb0bd239ded11158e5e3956c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c767a4b66e2186c525f5b21fd09c5186.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d195c0dcc5ba121b046a924ee5caabbb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32169bae5cc15d1e8f7f479e608f9c56.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f8efc1cdb0bd239ded11158e5e3956c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3917eead70f04f86b4f0b81c271cbb26.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d195c0dcc5ba121b046a924ee5caabbb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0f53130e3508bc0a176dbd658a0128f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f8efc1cdb0bd239ded11158e5e3956c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/feebeb72580639e7ccc4d987f28d95a4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d195c0dcc5ba121b046a924ee5caabbb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a30a88bb912c24f8c48a4773250c91fd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f8efc1cdb0bd239ded11158e5e3956c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2436e29eae338d92f25c3adf3796917b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d195c0dcc5ba121b046a924ee5caabbb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/705fcb535983c181844fe8fe4a762bdb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f8efc1cdb0bd239ded11158e5e3956c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fe7a921d9fd69103c91259c457b9e58.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d195c0dcc5ba121b046a924ee5caabbb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d322fbe93018d6216505ee32d2a2508c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f8efc1cdb0bd239ded11158e5e3956c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5deec23a965c0609363892f2baa8d55f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d195c0dcc5ba121b046a924ee5caabbb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4e09b1ce639eac8d5f5611095f02248.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>