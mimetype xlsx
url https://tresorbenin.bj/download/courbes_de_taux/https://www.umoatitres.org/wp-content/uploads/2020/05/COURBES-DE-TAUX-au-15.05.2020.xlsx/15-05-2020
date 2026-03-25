--- v1 (2026-02-04)
+++ v2 (2026-03-25)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d195c0dcc5ba121b046a924ee5caabbb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da4ed502aef44ae906fa80475aa3ec46.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c18a98b4e9500a9af4d96f34cb44d699.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb33bda65d8ea643f51e2f10d1aa9738.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d195c0dcc5ba121b046a924ee5caabbb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/836fc62b943ff3c6d6f05c5f72cb81c0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c18a98b4e9500a9af4d96f34cb44d699.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b32a36bd7624c0a662d5abac873c09ef.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d195c0dcc5ba121b046a924ee5caabbb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32169bae5cc15d1e8f7f479e608f9c56.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c18a98b4e9500a9af4d96f34cb44d699.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee5307ae681af4bfaa46634396ff16fc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d195c0dcc5ba121b046a924ee5caabbb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0f53130e3508bc0a176dbd658a0128f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c18a98b4e9500a9af4d96f34cb44d699.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf6f7a471080f2647d2f1a7f23eb0fd8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d195c0dcc5ba121b046a924ee5caabbb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a30a88bb912c24f8c48a4773250c91fd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c18a98b4e9500a9af4d96f34cb44d699.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9dda6566f3231c7b7e69d233e18fba0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d195c0dcc5ba121b046a924ee5caabbb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/705fcb535983c181844fe8fe4a762bdb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c18a98b4e9500a9af4d96f34cb44d699.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bbe3d220d84408c1f78e068679c57ce.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d195c0dcc5ba121b046a924ee5caabbb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d322fbe93018d6216505ee32d2a2508c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c18a98b4e9500a9af4d96f34cb44d699.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51ecb8d77713db0697cae676cdccf836.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d195c0dcc5ba121b046a924ee5caabbb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4e09b1ce639eac8d5f5611095f02248.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c18a98b4e9500a9af4d96f34cb44d699.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03517d5e65613087e8190eba13407e5f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>