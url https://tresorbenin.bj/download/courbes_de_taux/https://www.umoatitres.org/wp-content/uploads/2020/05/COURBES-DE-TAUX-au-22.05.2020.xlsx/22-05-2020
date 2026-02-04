--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92a849148abf04e062c9fb538d037642.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8979e150e8f648e006d2a0608b82afef.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f1f4152ef879ce0b1ca85909598fa79.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a034e3daea9c5a420d31472f8a62338f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92a849148abf04e062c9fb538d037642.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd2e24c3b9180d59d0c78af281c41fd8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f1f4152ef879ce0b1ca85909598fa79.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1febb1394b9efd94571b9a80b7dbd79.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92a849148abf04e062c9fb538d037642.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46744de3d294ef8c5fe6115af086ce08.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f1f4152ef879ce0b1ca85909598fa79.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cfc9e71311b55c2bfcac54c14571e18.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92a849148abf04e062c9fb538d037642.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7b002b79d1f78f7adf44e5542bedff3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f1f4152ef879ce0b1ca85909598fa79.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afec9a5175ac84ab48f87d364e143f06.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92a849148abf04e062c9fb538d037642.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44371d9e47bc09eb8f3b77b83583dcf8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f1f4152ef879ce0b1ca85909598fa79.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/547ce28df3ea7a019b9cd04a4dee5b5c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92a849148abf04e062c9fb538d037642.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e72763618f05e9b7bc1b81903458465e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f1f4152ef879ce0b1ca85909598fa79.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39c3d679e495522bdc2a19047e1be849.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92a849148abf04e062c9fb538d037642.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d83873c495fc4b00e0857f221f041b90.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f1f4152ef879ce0b1ca85909598fa79.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbb5a5db48f4ddbfdcb9512e8789bf55.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92a849148abf04e062c9fb538d037642.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/270f9f1643bcd55cddcdf52054f411c3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f1f4152ef879ce0b1ca85909598fa79.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f15ed0fbe433d0e412d70f8cd5f4fcd8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>