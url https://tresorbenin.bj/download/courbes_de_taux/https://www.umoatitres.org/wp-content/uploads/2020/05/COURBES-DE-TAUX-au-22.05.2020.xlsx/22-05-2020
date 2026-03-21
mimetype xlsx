--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -480,79 +480,79 @@
       <alignment vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f1f4152ef879ce0b1ca85909598fa79.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a034e3daea9c5a420d31472f8a62338f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/860ed5eeb074fb01ca1473a9ae1198b3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a638ee993a3c361e57194023b3e5a270.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f1f4152ef879ce0b1ca85909598fa79.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1febb1394b9efd94571b9a80b7dbd79.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/860ed5eeb074fb01ca1473a9ae1198b3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/017515a9d2ee1d49d594f4a053fd4502.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f1f4152ef879ce0b1ca85909598fa79.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cfc9e71311b55c2bfcac54c14571e18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/860ed5eeb074fb01ca1473a9ae1198b3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25944d0b56355891615083a40dd48dcb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f1f4152ef879ce0b1ca85909598fa79.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afec9a5175ac84ab48f87d364e143f06.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/860ed5eeb074fb01ca1473a9ae1198b3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/642f1f1cded40750875e1dee94fffd0d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f1f4152ef879ce0b1ca85909598fa79.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/547ce28df3ea7a019b9cd04a4dee5b5c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/860ed5eeb074fb01ca1473a9ae1198b3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2b6939c5c33b99b02ec9b34156e0ed6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f1f4152ef879ce0b1ca85909598fa79.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39c3d679e495522bdc2a19047e1be849.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/860ed5eeb074fb01ca1473a9ae1198b3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e79da4b3b25f6abc2265973a00411cb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f1f4152ef879ce0b1ca85909598fa79.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbb5a5db48f4ddbfdcb9512e8789bf55.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/860ed5eeb074fb01ca1473a9ae1198b3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d145fb432c479a7b543e630ecdfa6326.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f1f4152ef879ce0b1ca85909598fa79.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f15ed0fbe433d0e412d70f8cd5f4fcd8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/860ed5eeb074fb01ca1473a9ae1198b3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a956262a4e5d9312c8f0856f90708d30.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>