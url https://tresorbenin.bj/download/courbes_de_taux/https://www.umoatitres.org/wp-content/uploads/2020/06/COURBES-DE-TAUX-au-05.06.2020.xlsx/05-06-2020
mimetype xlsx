--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad510e3efcd1a4fb2d88d44f9e1a3e4e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/144ea2fdf42fe0cb7544cb9fdecab22b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1f52ac1b443266f4542c7073db27c67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/226ced7547ad3e2b27639b288d2ab115.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad510e3efcd1a4fb2d88d44f9e1a3e4e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2536e7bf17ef134555ac68045292c279.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1f52ac1b443266f4542c7073db27c67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f506067a41cba37dfa458b9bbfa7b4a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad510e3efcd1a4fb2d88d44f9e1a3e4e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b862b00b7b8cc6332ad35945ecce7943.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1f52ac1b443266f4542c7073db27c67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f714182d2a4c6490557c2ff1a97fc8b4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad510e3efcd1a4fb2d88d44f9e1a3e4e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/debf34a6686703ef72063f3d10202d7b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1f52ac1b443266f4542c7073db27c67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/968a5c6433f3c79216f2d4bd2762eec2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad510e3efcd1a4fb2d88d44f9e1a3e4e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48505a0254093743c4ec880619ee04e1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1f52ac1b443266f4542c7073db27c67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b80a0619e58b7ceeecdaf952c3ea963.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad510e3efcd1a4fb2d88d44f9e1a3e4e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2250ee2863d8c64d9ae13e4531114821.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1f52ac1b443266f4542c7073db27c67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5e67bca52536a61025bf239bf1b2e0d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad510e3efcd1a4fb2d88d44f9e1a3e4e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e437eecd94d0d25c2536423e2a39d64f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1f52ac1b443266f4542c7073db27c67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02a2c39950d78bca6db67206482b1181.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad510e3efcd1a4fb2d88d44f9e1a3e4e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b845d0da7c7ce4ba529d6cd042cfd90.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1f52ac1b443266f4542c7073db27c67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d6f0dab01bf4d912a2c76e767088fca.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>