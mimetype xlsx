--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1f52ac1b443266f4542c7073db27c67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/226ced7547ad3e2b27639b288d2ab115.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e48d8921ec55087a335a8360082adc5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acc99aa12de5a9c950ac3c40f2990812.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1f52ac1b443266f4542c7073db27c67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f506067a41cba37dfa458b9bbfa7b4a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e48d8921ec55087a335a8360082adc5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4df55cb0c97aff4deb3a1e0dd93afa0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1f52ac1b443266f4542c7073db27c67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f714182d2a4c6490557c2ff1a97fc8b4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e48d8921ec55087a335a8360082adc5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f548a951161b026e9e7931e9aef57cc9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1f52ac1b443266f4542c7073db27c67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/968a5c6433f3c79216f2d4bd2762eec2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e48d8921ec55087a335a8360082adc5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbb2c1f234b259cd33b02cdf3a9ea57c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1f52ac1b443266f4542c7073db27c67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b80a0619e58b7ceeecdaf952c3ea963.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e48d8921ec55087a335a8360082adc5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41f5e1bbc411b3988b58b75fd70eae2e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1f52ac1b443266f4542c7073db27c67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5e67bca52536a61025bf239bf1b2e0d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e48d8921ec55087a335a8360082adc5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f15e3ec04cfbe95ff68a92c3f394442d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1f52ac1b443266f4542c7073db27c67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02a2c39950d78bca6db67206482b1181.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e48d8921ec55087a335a8360082adc5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/205e64436442061f5a436a85b0a54964.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1f52ac1b443266f4542c7073db27c67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d6f0dab01bf4d912a2c76e767088fca.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e48d8921ec55087a335a8360082adc5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df006e153360923f6f8c9f471da86ef4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>