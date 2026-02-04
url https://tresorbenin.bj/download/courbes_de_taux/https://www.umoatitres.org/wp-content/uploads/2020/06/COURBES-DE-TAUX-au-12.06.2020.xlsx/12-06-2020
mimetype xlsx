--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9721bdce8400cbb084f56b1efe61aeb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47eae6eeab2e386b1871621bc373ae1a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc81fe2b6a33b18c7512f252b6d1088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aebee2cae619093a104d549bb2fbd08.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9721bdce8400cbb084f56b1efe61aeb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/228bd2a6a894987f7b5107e41b3392fe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc81fe2b6a33b18c7512f252b6d1088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd541ffcc13a470b8d41722522137fec.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9721bdce8400cbb084f56b1efe61aeb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11e2f9f20c5512a5868b765603013e79.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc81fe2b6a33b18c7512f252b6d1088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c697f70e71e8ba279a4ebd3b2bd5dd0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9721bdce8400cbb084f56b1efe61aeb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/878d0bbf58654a6ebfedbef31bf0c0d7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc81fe2b6a33b18c7512f252b6d1088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f536ebf2cefa4d44f1926deda4127f0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9721bdce8400cbb084f56b1efe61aeb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a7e5b2c41d6a1819c88cdeb8a1dee47.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc81fe2b6a33b18c7512f252b6d1088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c47be569af544f852325616e3e42c3f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9721bdce8400cbb084f56b1efe61aeb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afa3a8de7ca0d038f7cccd43c9d0c328.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc81fe2b6a33b18c7512f252b6d1088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fc93d8228272aa19b6e56e879d9f68e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9721bdce8400cbb084f56b1efe61aeb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/142683e38edc0a318ddfd86024018acd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc81fe2b6a33b18c7512f252b6d1088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af01428ca8cbca71ccb0c5f686b1cc5e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9721bdce8400cbb084f56b1efe61aeb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53c3e3db427fd957fbeff5b402589f0f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc81fe2b6a33b18c7512f252b6d1088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b01df2d7fb066d3d946d9b5e0509e32a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>