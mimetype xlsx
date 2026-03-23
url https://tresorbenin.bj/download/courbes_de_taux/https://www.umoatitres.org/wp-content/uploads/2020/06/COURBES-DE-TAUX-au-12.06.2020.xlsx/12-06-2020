--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc81fe2b6a33b18c7512f252b6d1088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aebee2cae619093a104d549bb2fbd08.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b90fa1d0d8397c41255c1492edb952d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ce2214f43646789677039e69ed899bf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc81fe2b6a33b18c7512f252b6d1088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd541ffcc13a470b8d41722522137fec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b90fa1d0d8397c41255c1492edb952d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e96cedd7c404ab47671eb8b56af99494.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc81fe2b6a33b18c7512f252b6d1088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c697f70e71e8ba279a4ebd3b2bd5dd0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b90fa1d0d8397c41255c1492edb952d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e99ca52ec75a2e0858322e81adf2de77.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc81fe2b6a33b18c7512f252b6d1088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f536ebf2cefa4d44f1926deda4127f0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b90fa1d0d8397c41255c1492edb952d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4adb79d8f48213a612893f2faaba52e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc81fe2b6a33b18c7512f252b6d1088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c47be569af544f852325616e3e42c3f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b90fa1d0d8397c41255c1492edb952d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f802a1223b1583078948b5bfce73e3b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc81fe2b6a33b18c7512f252b6d1088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fc93d8228272aa19b6e56e879d9f68e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b90fa1d0d8397c41255c1492edb952d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a628a250e9ceaa3af06459f67825daa2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc81fe2b6a33b18c7512f252b6d1088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af01428ca8cbca71ccb0c5f686b1cc5e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b90fa1d0d8397c41255c1492edb952d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/221b59258afb52434bc24b6fee817d94.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc81fe2b6a33b18c7512f252b6d1088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b01df2d7fb066d3d946d9b5e0509e32a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b90fa1d0d8397c41255c1492edb952d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afa80e27201f54e1aca999b199e2f9ce.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>