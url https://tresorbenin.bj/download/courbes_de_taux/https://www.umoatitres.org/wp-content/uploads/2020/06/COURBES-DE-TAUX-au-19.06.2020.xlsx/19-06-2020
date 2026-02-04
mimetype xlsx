--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0f56b7d1d12992515e4c4af3331492a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94f338437783d6efbbe50c6220653a35.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d03715daf58a0b360080e1c177583b08.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/525c8c5c162fb086b5fc5aa1644a1870.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0f56b7d1d12992515e4c4af3331492a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73c7e2cc36689dd50670cf3bb4879385.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d03715daf58a0b360080e1c177583b08.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c31234daa262f70fe9aab0c56032cff.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0f56b7d1d12992515e4c4af3331492a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e71ea5183059bf3dde76b930db7d3e9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d03715daf58a0b360080e1c177583b08.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62fec94c88bb13ec347da414405be5da.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0f56b7d1d12992515e4c4af3331492a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb86f5aa386abd43538555c808539b07.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d03715daf58a0b360080e1c177583b08.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1831242fd26fa4be6c98c02ca02ae5aa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0f56b7d1d12992515e4c4af3331492a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7be3224089763a6d82caf52858553d8c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d03715daf58a0b360080e1c177583b08.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79ad88fa2c77152abd06ed670a21f763.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0f56b7d1d12992515e4c4af3331492a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c65515c72c182b46771d7b0da332ab9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d03715daf58a0b360080e1c177583b08.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8af193983d2d2cf4241fa04e6b742bd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0f56b7d1d12992515e4c4af3331492a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56a5301d690f09ff64038f787c79332c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d03715daf58a0b360080e1c177583b08.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdc33e51a330970c4d1f9b47d6730d88.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0f56b7d1d12992515e4c4af3331492a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/310440698d5d1554ea4d0853aa933f38.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d03715daf58a0b360080e1c177583b08.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc787def13607816fa6449bc5b0581b2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>