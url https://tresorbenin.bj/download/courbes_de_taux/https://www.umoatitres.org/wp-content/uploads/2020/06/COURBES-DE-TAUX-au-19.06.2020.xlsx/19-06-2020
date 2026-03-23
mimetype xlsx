--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -480,79 +480,79 @@
       <alignment vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d03715daf58a0b360080e1c177583b08.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/525c8c5c162fb086b5fc5aa1644a1870.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bea77c199db3b8d77973d28f902318f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/607557fabb29dae983262be469a7b3dc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d03715daf58a0b360080e1c177583b08.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c31234daa262f70fe9aab0c56032cff.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bea77c199db3b8d77973d28f902318f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/beb960bc420b8aa4851e874f98ca27bd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d03715daf58a0b360080e1c177583b08.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62fec94c88bb13ec347da414405be5da.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bea77c199db3b8d77973d28f902318f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8d76be281ded066ba54eac1e68c1233.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d03715daf58a0b360080e1c177583b08.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1831242fd26fa4be6c98c02ca02ae5aa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bea77c199db3b8d77973d28f902318f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a08c3fff67907f9fcb2f17bb01b7112.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d03715daf58a0b360080e1c177583b08.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79ad88fa2c77152abd06ed670a21f763.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bea77c199db3b8d77973d28f902318f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca145f28725514886d38fc9fde8327b7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d03715daf58a0b360080e1c177583b08.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8af193983d2d2cf4241fa04e6b742bd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bea77c199db3b8d77973d28f902318f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/514d7afc295fc7a66bbe68467af3742d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d03715daf58a0b360080e1c177583b08.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdc33e51a330970c4d1f9b47d6730d88.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bea77c199db3b8d77973d28f902318f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45cb3527961c158f0c36e273f12c82af.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d03715daf58a0b360080e1c177583b08.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc787def13607816fa6449bc5b0581b2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bea77c199db3b8d77973d28f902318f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/418caa5a1f62df1e63bf0ef771a25278.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>