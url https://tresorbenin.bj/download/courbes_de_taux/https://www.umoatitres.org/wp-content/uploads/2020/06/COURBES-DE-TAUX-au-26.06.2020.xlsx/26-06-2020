--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b71a5f5fb86c3df7c72c0c1e37a420eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d67fde9f653d206153a7edefe8a1631.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dc271e6d985f6e4d6c1306f19bf02ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa5d3768e02909c8d1572bddeb0d64fd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b71a5f5fb86c3df7c72c0c1e37a420eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35a758ff618cca6c68ff9d4fe82e9c0d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dc271e6d985f6e4d6c1306f19bf02ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7153c04741285387b64939cf3c7494d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b71a5f5fb86c3df7c72c0c1e37a420eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6afd3a6ab6293eb9de67c7263795ebb9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dc271e6d985f6e4d6c1306f19bf02ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a4805df97c7ac61dd4b746de17fd34f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b71a5f5fb86c3df7c72c0c1e37a420eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/031913426f66beabcc2b6a7204cacea1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dc271e6d985f6e4d6c1306f19bf02ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c4b0992623faf5f28fd789863b4d14c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b71a5f5fb86c3df7c72c0c1e37a420eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17bdac3ee26729ea4a8e793650dc5792.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dc271e6d985f6e4d6c1306f19bf02ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4a3e7d17038661af2dc0915da359306.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b71a5f5fb86c3df7c72c0c1e37a420eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e12543d9b66d2fb7ade0d0300eb74e7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dc271e6d985f6e4d6c1306f19bf02ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/844d732b6b56f0607e15e2469f690b1d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b71a5f5fb86c3df7c72c0c1e37a420eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c24b0893e0cdc846ba875d320d0235a2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dc271e6d985f6e4d6c1306f19bf02ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2780e9d3bae9528b71f000c97b1e614.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b71a5f5fb86c3df7c72c0c1e37a420eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ead854f4f35f7b3534f3346b03a910d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dc271e6d985f6e4d6c1306f19bf02ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43563d7d0a5a91dbd8af22f5dfd666b2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>