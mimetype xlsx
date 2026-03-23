--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dc271e6d985f6e4d6c1306f19bf02ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa5d3768e02909c8d1572bddeb0d64fd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98a6cabad25525db4190d9f311ae4c46.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45269e1182e33d4bbb88232d531337df.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dc271e6d985f6e4d6c1306f19bf02ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7153c04741285387b64939cf3c7494d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98a6cabad25525db4190d9f311ae4c46.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef66bc693fac5addc9d09f7d8bff874c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dc271e6d985f6e4d6c1306f19bf02ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a4805df97c7ac61dd4b746de17fd34f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98a6cabad25525db4190d9f311ae4c46.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8692c6f3abf11b6bd0f8ac8f037ffe4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dc271e6d985f6e4d6c1306f19bf02ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c4b0992623faf5f28fd789863b4d14c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98a6cabad25525db4190d9f311ae4c46.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f51a5db71a1cc9b8459b42a3df6279.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dc271e6d985f6e4d6c1306f19bf02ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4a3e7d17038661af2dc0915da359306.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98a6cabad25525db4190d9f311ae4c46.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a2112f4955ae8a5204d4f10774b570e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dc271e6d985f6e4d6c1306f19bf02ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/844d732b6b56f0607e15e2469f690b1d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98a6cabad25525db4190d9f311ae4c46.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89a67747db36fd35ca6b2bb27ee87315.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dc271e6d985f6e4d6c1306f19bf02ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2780e9d3bae9528b71f000c97b1e614.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98a6cabad25525db4190d9f311ae4c46.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ac679fb93c93199d113d36bbebfb8ee.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dc271e6d985f6e4d6c1306f19bf02ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43563d7d0a5a91dbd8af22f5dfd666b2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98a6cabad25525db4190d9f311ae4c46.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/480f6111db0a2d57f32dbcb94726a714.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>