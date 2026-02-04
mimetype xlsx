--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31bfeeab5f778f63b48ac83e5a7f9d81.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cf598a9788bf759cc3b415860e1840e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc9ad37d021a2f3a1ed3b436f8848105.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/502edab89c5a1a5c89bff81894fa98bf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31bfeeab5f778f63b48ac83e5a7f9d81.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c62a44977f8ff5269837ef7ab883abf9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc9ad37d021a2f3a1ed3b436f8848105.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94ab3fb183f17e68029ed209147151fa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31bfeeab5f778f63b48ac83e5a7f9d81.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c2ff245a1a59da6b54940359da307af.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc9ad37d021a2f3a1ed3b436f8848105.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d419768906ab98f2632974c9a2cd44aa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31bfeeab5f778f63b48ac83e5a7f9d81.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31f1208338f6ba13ef84c8f6f7d8b076.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc9ad37d021a2f3a1ed3b436f8848105.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5150e6201c40ef50a11471952eb2bb46.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31bfeeab5f778f63b48ac83e5a7f9d81.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/790087388ad138f5800b505cf83c8735.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc9ad37d021a2f3a1ed3b436f8848105.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/275bb85d66867a62810aae5c33425ef9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31bfeeab5f778f63b48ac83e5a7f9d81.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9136fe8739d937d7d7822be00a933f2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc9ad37d021a2f3a1ed3b436f8848105.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/055aec8772c00b334a73f5d8e17e58b0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31bfeeab5f778f63b48ac83e5a7f9d81.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcd3c80b9f5c0b6c30fc780a6ee95007.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc9ad37d021a2f3a1ed3b436f8848105.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4de9fe8f4b7b6e593e80ee7dd753e0ef.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31bfeeab5f778f63b48ac83e5a7f9d81.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0461514eb45baf2337a8b4b0d11be874.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc9ad37d021a2f3a1ed3b436f8848105.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9f6e892e95948aeb1caa485e895f838.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>