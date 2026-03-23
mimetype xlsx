--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -480,79 +480,79 @@
       <alignment vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc9ad37d021a2f3a1ed3b436f8848105.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/502edab89c5a1a5c89bff81894fa98bf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1d9f0c7bbca72363fb41390dfe12bbb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf2cf7eac27614bb24ac67e8e0726078.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc9ad37d021a2f3a1ed3b436f8848105.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94ab3fb183f17e68029ed209147151fa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1d9f0c7bbca72363fb41390dfe12bbb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dce1ac3cef0c93bfd12c561131530d9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc9ad37d021a2f3a1ed3b436f8848105.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d419768906ab98f2632974c9a2cd44aa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1d9f0c7bbca72363fb41390dfe12bbb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50b12653fc3ea2e5aa91cea9b8475f26.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc9ad37d021a2f3a1ed3b436f8848105.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5150e6201c40ef50a11471952eb2bb46.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1d9f0c7bbca72363fb41390dfe12bbb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63454bfe6d2500377d80a38a7136483b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc9ad37d021a2f3a1ed3b436f8848105.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/275bb85d66867a62810aae5c33425ef9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1d9f0c7bbca72363fb41390dfe12bbb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5996dca75accb2991a3f5ef6726db76d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc9ad37d021a2f3a1ed3b436f8848105.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/055aec8772c00b334a73f5d8e17e58b0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1d9f0c7bbca72363fb41390dfe12bbb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31c81aede7450f64b78a040e624adeab.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc9ad37d021a2f3a1ed3b436f8848105.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4de9fe8f4b7b6e593e80ee7dd753e0ef.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1d9f0c7bbca72363fb41390dfe12bbb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/772d4874e5fdfaff1fe6190e71f1a2b9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc9ad37d021a2f3a1ed3b436f8848105.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9f6e892e95948aeb1caa485e895f838.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1d9f0c7bbca72363fb41390dfe12bbb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecbd603cd61ec859ede42fa4f724b3b8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>