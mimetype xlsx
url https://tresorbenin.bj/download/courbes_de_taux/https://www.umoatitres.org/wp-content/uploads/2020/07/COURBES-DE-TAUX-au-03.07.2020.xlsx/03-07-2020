--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee7ebf5421c8e8830128a341efdbf7c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53458f19e0d21fe833f644a51fb498ef.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bf4512a8365fed3a2ed69f81b03af01.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8a8e2aa876f0e209cf06aa920cb7e48.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee7ebf5421c8e8830128a341efdbf7c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61cddfc5958e65d0a04184be5e8f9090.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bf4512a8365fed3a2ed69f81b03af01.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afe63ac162da9b20b5c54678d945e255.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee7ebf5421c8e8830128a341efdbf7c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4363abe771d7cac6822737b1ff5039ac.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bf4512a8365fed3a2ed69f81b03af01.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e298b9f5162d60d715ffd08aa749e39.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee7ebf5421c8e8830128a341efdbf7c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa8978b502281cd93a9a9915976ec9cc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bf4512a8365fed3a2ed69f81b03af01.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f839d35d8f5ab813c7dd51632df2fbb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee7ebf5421c8e8830128a341efdbf7c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd30fcfc2eb12fcdada40843016a5920.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bf4512a8365fed3a2ed69f81b03af01.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0419eb80e58feae3e01f1cd73c0073b6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee7ebf5421c8e8830128a341efdbf7c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ab3baf3feb30ba3abc1818770b3f6d6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bf4512a8365fed3a2ed69f81b03af01.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/974a0ea9ffd81abf3b2a6bae37417e97.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee7ebf5421c8e8830128a341efdbf7c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e083147f395f38f520ba6fcd835b0ba0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bf4512a8365fed3a2ed69f81b03af01.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af2e029be835ad32e84e41b19b561023.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee7ebf5421c8e8830128a341efdbf7c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e3242de41dd95c528f1f8a6c36344be.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bf4512a8365fed3a2ed69f81b03af01.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe754824841dc81b4b7fa8ce03a1c5b8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>