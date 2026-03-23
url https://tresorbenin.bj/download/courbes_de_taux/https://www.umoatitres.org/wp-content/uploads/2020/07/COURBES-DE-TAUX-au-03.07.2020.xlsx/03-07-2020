--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bf4512a8365fed3a2ed69f81b03af01.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8a8e2aa876f0e209cf06aa920cb7e48.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a56a940b5d6348813104baf7ea306c7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ace0976cf4cc0b98d91807e48319182.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bf4512a8365fed3a2ed69f81b03af01.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afe63ac162da9b20b5c54678d945e255.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a56a940b5d6348813104baf7ea306c7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/773bbd33993a002d5f6030bb915882bb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bf4512a8365fed3a2ed69f81b03af01.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e298b9f5162d60d715ffd08aa749e39.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a56a940b5d6348813104baf7ea306c7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02528656036020040124029cccdf4311.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bf4512a8365fed3a2ed69f81b03af01.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f839d35d8f5ab813c7dd51632df2fbb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a56a940b5d6348813104baf7ea306c7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17b6103e68e36d6e636e9baa00bb526d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bf4512a8365fed3a2ed69f81b03af01.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0419eb80e58feae3e01f1cd73c0073b6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a56a940b5d6348813104baf7ea306c7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55d5fa21c1447ccfbd7f89e1c3b984a4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bf4512a8365fed3a2ed69f81b03af01.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/974a0ea9ffd81abf3b2a6bae37417e97.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a56a940b5d6348813104baf7ea306c7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d617515871a780561a04febd216d6221.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bf4512a8365fed3a2ed69f81b03af01.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af2e029be835ad32e84e41b19b561023.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a56a940b5d6348813104baf7ea306c7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3ae7ad02745458c9a24e7017e4f81ec.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bf4512a8365fed3a2ed69f81b03af01.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe754824841dc81b4b7fa8ce03a1c5b8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a56a940b5d6348813104baf7ea306c7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf21a2aa55f1b64a359ae00a7bdbef8e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>