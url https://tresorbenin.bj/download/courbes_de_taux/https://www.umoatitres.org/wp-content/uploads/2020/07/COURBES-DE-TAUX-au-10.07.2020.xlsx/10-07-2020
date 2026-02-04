--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d3d1b191ef7f246e6995583022bb617.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fded9a7c31bda6973818b6d6d910375.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aab4d45a2cc5e9ffc47759db448dfbf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2897d8f599fe0d95b3c858a73b0a2f27.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d3d1b191ef7f246e6995583022bb617.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b54b7b77d6f16053ffd9ed1fe9a13113.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aab4d45a2cc5e9ffc47759db448dfbf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3ed01cb8115bed54b26ad8e61e49e30.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d3d1b191ef7f246e6995583022bb617.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e15041d31d9c4b0c0b20e877045545bd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aab4d45a2cc5e9ffc47759db448dfbf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a61569667ab0905893f09c3f9fb58210.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d3d1b191ef7f246e6995583022bb617.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2223f228af9b299a4344405ca92fcd9b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aab4d45a2cc5e9ffc47759db448dfbf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/966020de14424dc7768ad95608332cfe.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d3d1b191ef7f246e6995583022bb617.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bc6cd84f836c6d178fb3106a4a48240.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aab4d45a2cc5e9ffc47759db448dfbf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ae016636b66515a79d4fcd2b39b1c39.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d3d1b191ef7f246e6995583022bb617.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/164001653de70303147835852f463194.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aab4d45a2cc5e9ffc47759db448dfbf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fb6ee64f15247263c783cb65bbafc2b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d3d1b191ef7f246e6995583022bb617.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a0584d3ad5d2a9a6b0f757e129f067a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aab4d45a2cc5e9ffc47759db448dfbf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f455ec546cd43bc83cb347dfc3297f4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d3d1b191ef7f246e6995583022bb617.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f78516a4226b1d61e611eeb689fc403.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aab4d45a2cc5e9ffc47759db448dfbf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b6c9bff92a9d47e95463813d4b3890e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>