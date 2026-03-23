--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aab4d45a2cc5e9ffc47759db448dfbf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2897d8f599fe0d95b3c858a73b0a2f27.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8812bf7763b3c6151b3fec5c67cf9a1b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e038db03e591a10851874ce424cb92c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aab4d45a2cc5e9ffc47759db448dfbf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3ed01cb8115bed54b26ad8e61e49e30.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8812bf7763b3c6151b3fec5c67cf9a1b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32392e5e81ef96b3314a1853770a88f9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aab4d45a2cc5e9ffc47759db448dfbf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a61569667ab0905893f09c3f9fb58210.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8812bf7763b3c6151b3fec5c67cf9a1b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/416ff905f1166eb5b611bf912cae17d7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aab4d45a2cc5e9ffc47759db448dfbf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/966020de14424dc7768ad95608332cfe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8812bf7763b3c6151b3fec5c67cf9a1b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f840d3be69735ac15631ac313e595eb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aab4d45a2cc5e9ffc47759db448dfbf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ae016636b66515a79d4fcd2b39b1c39.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8812bf7763b3c6151b3fec5c67cf9a1b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a80aab77adace6322d5d4e02308fc7e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aab4d45a2cc5e9ffc47759db448dfbf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fb6ee64f15247263c783cb65bbafc2b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8812bf7763b3c6151b3fec5c67cf9a1b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ffc5626c390ac206ea9bd0268d268d6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aab4d45a2cc5e9ffc47759db448dfbf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f455ec546cd43bc83cb347dfc3297f4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8812bf7763b3c6151b3fec5c67cf9a1b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3579e6cf2ca22a9403ae5d2f1ac4ab67.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aab4d45a2cc5e9ffc47759db448dfbf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b6c9bff92a9d47e95463813d4b3890e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8812bf7763b3c6151b3fec5c67cf9a1b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba06b2d7b8011fbd95254f0e2eda1fbf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>