--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76e17913f50593f69950344857891c1d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80a40af3ab39aeb2e9de0a0b21afdf07.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a6a99eb75b96d49043c646a1c56c1fc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b96d6e6986bfc2f17a2e4676554edfd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76e17913f50593f69950344857891c1d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e7a4393fa22b29de591fdfce65a2ae7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a6a99eb75b96d49043c646a1c56c1fc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c47703f86c138a36f01fcfcb2956b6a6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76e17913f50593f69950344857891c1d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f78376e2ddcc2fc75081d92710eb6d09.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a6a99eb75b96d49043c646a1c56c1fc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/408158aa09f57d51a0d3a768b22f5d0a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76e17913f50593f69950344857891c1d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54f8c574222350e7601bb44431279220.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a6a99eb75b96d49043c646a1c56c1fc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecdbd9b21ce2d032d1cfec96f540fbe2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76e17913f50593f69950344857891c1d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87438338acdfd495f3ad87383bf90f66.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a6a99eb75b96d49043c646a1c56c1fc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/416ae8c33d8b1a7908532c3aaab8be21.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76e17913f50593f69950344857891c1d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79562e412148c254f218391cfcf0fa6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a6a99eb75b96d49043c646a1c56c1fc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e5d35080c2eac4979ebb00cfbdc1d5f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76e17913f50593f69950344857891c1d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301d96c3383335156abe7eb5e015776a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a6a99eb75b96d49043c646a1c56c1fc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87dfd90f9282cc8a71058d8944189886.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76e17913f50593f69950344857891c1d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39cb48163c037ff46a9e67bd171bdb1b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a6a99eb75b96d49043c646a1c56c1fc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69bf1bbdaad7be402797a150031fee02.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>