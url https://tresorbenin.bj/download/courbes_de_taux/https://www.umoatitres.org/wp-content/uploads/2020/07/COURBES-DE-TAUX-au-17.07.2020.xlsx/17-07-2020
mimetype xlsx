--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a6a99eb75b96d49043c646a1c56c1fc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b96d6e6986bfc2f17a2e4676554edfd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c61230a1fc98aaaae4e8d9b3e15a287.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c12a2dded3af97ac0e1ec84d5405eb9b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a6a99eb75b96d49043c646a1c56c1fc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c47703f86c138a36f01fcfcb2956b6a6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c61230a1fc98aaaae4e8d9b3e15a287.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11e3cb6af9e489a9029ea5a011f51353.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a6a99eb75b96d49043c646a1c56c1fc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/408158aa09f57d51a0d3a768b22f5d0a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c61230a1fc98aaaae4e8d9b3e15a287.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f56c88752ca2a2448ab5cd0b9e358086.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a6a99eb75b96d49043c646a1c56c1fc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecdbd9b21ce2d032d1cfec96f540fbe2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c61230a1fc98aaaae4e8d9b3e15a287.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b82384ef5801d0022c7644a2f577474.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a6a99eb75b96d49043c646a1c56c1fc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/416ae8c33d8b1a7908532c3aaab8be21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c61230a1fc98aaaae4e8d9b3e15a287.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc8847fc77df8ad620cd9cf0eaa9b751.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a6a99eb75b96d49043c646a1c56c1fc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e5d35080c2eac4979ebb00cfbdc1d5f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c61230a1fc98aaaae4e8d9b3e15a287.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69b4c57f8c0399ba80fa8e34ec23e5bf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a6a99eb75b96d49043c646a1c56c1fc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87dfd90f9282cc8a71058d8944189886.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c61230a1fc98aaaae4e8d9b3e15a287.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc90404204783627ce46a631deb5a0af.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a6a99eb75b96d49043c646a1c56c1fc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69bf1bbdaad7be402797a150031fee02.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c61230a1fc98aaaae4e8d9b3e15a287.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b1ce3f8e97885f3e782f31e5ad057a5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>