--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb618ff9da9a4b5270bd3c0f9e5e7125.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/620b3f8a25560ea82980dd2eec970979.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c194eae288ec263d5de1f468ba46a3a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8c70fc6136698142ad4b026a1979b90.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb618ff9da9a4b5270bd3c0f9e5e7125.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74d016db0086806b65452f4737afac34.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c194eae288ec263d5de1f468ba46a3a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77b1c4e032d2ca37c0bb264b05c248dd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb618ff9da9a4b5270bd3c0f9e5e7125.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c94e94d77531c20f2d313d997f96ca6f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c194eae288ec263d5de1f468ba46a3a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61e05dd46640f362b48327646ed2df62.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb618ff9da9a4b5270bd3c0f9e5e7125.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d520743a6f48f978b3fa320b3cff6295.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c194eae288ec263d5de1f468ba46a3a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dfc1da2a169e2610d38232b34b2a0cc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb618ff9da9a4b5270bd3c0f9e5e7125.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c64ada8a58487d218f6e636d72be4b4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c194eae288ec263d5de1f468ba46a3a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d452e1d9f6884e4d8c1dbe762c9374e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb618ff9da9a4b5270bd3c0f9e5e7125.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/006bc36ec9e25d9e08a152f5d3447484.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c194eae288ec263d5de1f468ba46a3a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3036132d2b4cba2fa2f8ab46545efcc1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb618ff9da9a4b5270bd3c0f9e5e7125.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d411cace2f2421e14f695cb0af7acaaa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c194eae288ec263d5de1f468ba46a3a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86a535bd3b4ea8ac3f3f4dc558f6febe.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb618ff9da9a4b5270bd3c0f9e5e7125.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f146a50222db64e07e1fe6aa90937b4e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c194eae288ec263d5de1f468ba46a3a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90e939f47300f905603e2187c62d3c90.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>