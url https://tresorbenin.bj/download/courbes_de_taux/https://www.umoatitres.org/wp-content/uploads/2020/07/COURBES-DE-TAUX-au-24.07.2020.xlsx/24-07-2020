--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c194eae288ec263d5de1f468ba46a3a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8c70fc6136698142ad4b026a1979b90.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bc4221e67342758eb25b562d38299da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ebf8fa205b393e83099bdcee3fc862f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c194eae288ec263d5de1f468ba46a3a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77b1c4e032d2ca37c0bb264b05c248dd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bc4221e67342758eb25b562d38299da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f03ffc56e17ef924e4ed6d016bb71eed.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c194eae288ec263d5de1f468ba46a3a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61e05dd46640f362b48327646ed2df62.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bc4221e67342758eb25b562d38299da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a7dca7b1d277fd2f82cb22ec720c5d8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c194eae288ec263d5de1f468ba46a3a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dfc1da2a169e2610d38232b34b2a0cc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bc4221e67342758eb25b562d38299da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/766aed77af6efbd5ed1efc775ad87de2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c194eae288ec263d5de1f468ba46a3a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d452e1d9f6884e4d8c1dbe762c9374e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bc4221e67342758eb25b562d38299da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8edb7015d0fb6249abf0953fafbeae8f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c194eae288ec263d5de1f468ba46a3a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3036132d2b4cba2fa2f8ab46545efcc1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bc4221e67342758eb25b562d38299da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed2aa2c49594318d4d1d68b2df5f1b8e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c194eae288ec263d5de1f468ba46a3a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86a535bd3b4ea8ac3f3f4dc558f6febe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bc4221e67342758eb25b562d38299da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e714500a614405a5ac00fc2ee9b998ce.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c194eae288ec263d5de1f468ba46a3a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90e939f47300f905603e2187c62d3c90.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bc4221e67342758eb25b562d38299da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e1efe94f905e8491429931e1b94b2aa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>