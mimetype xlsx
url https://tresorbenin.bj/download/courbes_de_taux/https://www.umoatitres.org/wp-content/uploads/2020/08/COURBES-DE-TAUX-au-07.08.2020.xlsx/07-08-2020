--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89e05a592fb5111502a41a6ea663351a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c92ac7b924d42b07a26e0dad715563a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12030bde3644f6921ca3a236132b621e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb45ec85b40ab60639fcc8db044a4e5c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89e05a592fb5111502a41a6ea663351a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d7d93ec8422025217670138c7a05d48.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12030bde3644f6921ca3a236132b621e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd07d7a0d8672df8a93419e6e955803a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89e05a592fb5111502a41a6ea663351a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ea40b526b318b1ecbfbb559ee1ee5c6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12030bde3644f6921ca3a236132b621e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df5ce3f45f241bb2fe35a0b60e1a1824.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89e05a592fb5111502a41a6ea663351a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6545e5616a09db5987624a534b0ddbca.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12030bde3644f6921ca3a236132b621e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee001f248dbe1d307b88b18a6c13fe27.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89e05a592fb5111502a41a6ea663351a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8543a37dec938521ac137aa3a668404c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12030bde3644f6921ca3a236132b621e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93ba0177ba7965799f9d405d84cbae6b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89e05a592fb5111502a41a6ea663351a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/390947363eb3a1a53929b4fc51d4fe4c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12030bde3644f6921ca3a236132b621e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6b1c82bf6748b22e13fb1e80f45ebe7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89e05a592fb5111502a41a6ea663351a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111ceb8cde0e11ea51a68056a75c8634.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12030bde3644f6921ca3a236132b621e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2b94540e776597a6e43463c88a03e19.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89e05a592fb5111502a41a6ea663351a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6e750ed94d30455e303821691e46ec3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12030bde3644f6921ca3a236132b621e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c45c82cb2cbf441282bd945f16eca6af.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>