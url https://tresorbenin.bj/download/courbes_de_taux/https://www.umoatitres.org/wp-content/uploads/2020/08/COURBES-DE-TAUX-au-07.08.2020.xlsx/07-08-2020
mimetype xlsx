--- v1 (2026-02-04)
+++ v2 (2026-03-25)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12030bde3644f6921ca3a236132b621e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb45ec85b40ab60639fcc8db044a4e5c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae97505fa9ea2db67a3165a69154b043.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40eac1e1037ecbbe8bf0a3785d0c5d90.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12030bde3644f6921ca3a236132b621e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd07d7a0d8672df8a93419e6e955803a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae97505fa9ea2db67a3165a69154b043.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cc08029918bce85fa9de7433ba2f56e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12030bde3644f6921ca3a236132b621e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df5ce3f45f241bb2fe35a0b60e1a1824.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae97505fa9ea2db67a3165a69154b043.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edc0e6fbc27145ddb7026f67c044043b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12030bde3644f6921ca3a236132b621e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee001f248dbe1d307b88b18a6c13fe27.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae97505fa9ea2db67a3165a69154b043.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4444b905e3365285be8091e8c554581c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12030bde3644f6921ca3a236132b621e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93ba0177ba7965799f9d405d84cbae6b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae97505fa9ea2db67a3165a69154b043.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84719f8b1b1c79688db0d46ba39086fe.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12030bde3644f6921ca3a236132b621e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6b1c82bf6748b22e13fb1e80f45ebe7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae97505fa9ea2db67a3165a69154b043.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dd73d9c0c5f2c9d18735fa8b0e264ee.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12030bde3644f6921ca3a236132b621e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2b94540e776597a6e43463c88a03e19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae97505fa9ea2db67a3165a69154b043.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4b219b746a87a765eaf0ef15388d686.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12030bde3644f6921ca3a236132b621e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c45c82cb2cbf441282bd945f16eca6af.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae97505fa9ea2db67a3165a69154b043.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9728416a55d15ffa2c7f8610511135b1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>