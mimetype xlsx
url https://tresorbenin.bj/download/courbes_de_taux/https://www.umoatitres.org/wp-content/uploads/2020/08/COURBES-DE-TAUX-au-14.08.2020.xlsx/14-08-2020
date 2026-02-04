--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/885e1a06724457a80e419f257a5ed82e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c301b2d83b8ba3bc47764e403c8cb0f9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6a162a595f2bb1e11af2418b429d7c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b091ce57c8fcef286588e6c0569a2578.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/885e1a06724457a80e419f257a5ed82e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c1e40ad9ee2feea1d2751e3010fa540.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6a162a595f2bb1e11af2418b429d7c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9557d995e720da2686f9673efac414ae.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/885e1a06724457a80e419f257a5ed82e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2302f2d5fc862c19a1846435291a3885.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6a162a595f2bb1e11af2418b429d7c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49e9a8cfae8d02074ce9adc4f7491fc4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/885e1a06724457a80e419f257a5ed82e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/786165e703c6cc7955e90d6f15e772d8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6a162a595f2bb1e11af2418b429d7c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/826a566f64f3082aad8f3621b7596d02.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/885e1a06724457a80e419f257a5ed82e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f53adfd5c4a48783399f9e024dfa7d1e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6a162a595f2bb1e11af2418b429d7c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14f051f1f9b68be653a549264776889.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/885e1a06724457a80e419f257a5ed82e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b18b642ba6d10aa57b67053625909091.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6a162a595f2bb1e11af2418b429d7c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b2ac261da04d3d231b520a17d2a5ec2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/885e1a06724457a80e419f257a5ed82e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06d1ffef94cb4c3bba273ce87d042c0c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6a162a595f2bb1e11af2418b429d7c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aca40c16d051a0662092432e7d2bf3f8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/885e1a06724457a80e419f257a5ed82e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20a5cb1273ff52e879a270f3fac4514.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6a162a595f2bb1e11af2418b429d7c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd5d3376276ccbedfbc2b96d390e2094.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>