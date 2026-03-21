--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6a162a595f2bb1e11af2418b429d7c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b091ce57c8fcef286588e6c0569a2578.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/563bf27b484921611b97baa9f1fad415.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22a19d5617f1c8fc9362353efc1c0ad5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6a162a595f2bb1e11af2418b429d7c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9557d995e720da2686f9673efac414ae.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/563bf27b484921611b97baa9f1fad415.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3c07c85dc5e4fa24e50d3b45235ae0d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6a162a595f2bb1e11af2418b429d7c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49e9a8cfae8d02074ce9adc4f7491fc4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/563bf27b484921611b97baa9f1fad415.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cc72ba22c4321d084a1fb2b11417b5c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6a162a595f2bb1e11af2418b429d7c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/826a566f64f3082aad8f3621b7596d02.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/563bf27b484921611b97baa9f1fad415.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9a1d5815721272b3cbc2cd7a405545d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6a162a595f2bb1e11af2418b429d7c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14f051f1f9b68be653a549264776889.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/563bf27b484921611b97baa9f1fad415.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/584022dd52a8f1f3ea01113c9c058214.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6a162a595f2bb1e11af2418b429d7c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b2ac261da04d3d231b520a17d2a5ec2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/563bf27b484921611b97baa9f1fad415.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8cc2891c3c695edb738c1535f3b1ee4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6a162a595f2bb1e11af2418b429d7c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aca40c16d051a0662092432e7d2bf3f8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/563bf27b484921611b97baa9f1fad415.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2190a2b517ec520178a7726e5ad781d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6a162a595f2bb1e11af2418b429d7c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd5d3376276ccbedfbc2b96d390e2094.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/563bf27b484921611b97baa9f1fad415.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e5c525b109123e30b263d28a6c978e1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>