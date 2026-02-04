--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab4d26d3e1cf26455a18f13cb69a7a80.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3af4340d5168c26e0be97b3a7db60bf4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d9d3e9d4f4129a1a09c4529edf76390.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0424a402ec8e5d117785af09d0782b6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab4d26d3e1cf26455a18f13cb69a7a80.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37502f7a76eea19a1473121c4c11f8b3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d9d3e9d4f4129a1a09c4529edf76390.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41561b85d00bf88d7060909bf4c55852.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab4d26d3e1cf26455a18f13cb69a7a80.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ac5740968fd8b9397a1faf4ffdba6e9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d9d3e9d4f4129a1a09c4529edf76390.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4125d6d3e378afa6e1a851f049f7d09b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab4d26d3e1cf26455a18f13cb69a7a80.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/322161aaa6e91ea684ca413c7018dc53.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d9d3e9d4f4129a1a09c4529edf76390.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfd0a8d907fcb76b2983f3ec3dd66972.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab4d26d3e1cf26455a18f13cb69a7a80.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c09d9bc21fe7d420e35d8e762abb7398.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d9d3e9d4f4129a1a09c4529edf76390.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79439cda428fd03b868ba5da1b1bfcd1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab4d26d3e1cf26455a18f13cb69a7a80.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fd46b354e7921c6cfa899b096e0a03d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d9d3e9d4f4129a1a09c4529edf76390.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9a80f8703d2f23d89fba1355d8063c8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab4d26d3e1cf26455a18f13cb69a7a80.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab4f658051b2539b4057c3cc6cebaad3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d9d3e9d4f4129a1a09c4529edf76390.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e7c3491a40f9b88efd53aad3643c5c3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab4d26d3e1cf26455a18f13cb69a7a80.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2613e19e1b369c834d4a8bf7b6d9439.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d9d3e9d4f4129a1a09c4529edf76390.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f97d95dbbedd61f406d171dd4dacc73a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>