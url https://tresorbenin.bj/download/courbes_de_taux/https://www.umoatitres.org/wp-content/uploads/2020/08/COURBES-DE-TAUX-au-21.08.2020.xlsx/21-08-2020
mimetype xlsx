--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d9d3e9d4f4129a1a09c4529edf76390.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0424a402ec8e5d117785af09d0782b6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea540e7757399b68f9771d703dcdc6d3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/631f1381d25450e6ebcec688e0aa99f8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d9d3e9d4f4129a1a09c4529edf76390.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41561b85d00bf88d7060909bf4c55852.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea540e7757399b68f9771d703dcdc6d3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/063a5626f832e27c3098bade3bf4c04e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d9d3e9d4f4129a1a09c4529edf76390.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4125d6d3e378afa6e1a851f049f7d09b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea540e7757399b68f9771d703dcdc6d3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc5589aeda4ec73243233b1feb075a04.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d9d3e9d4f4129a1a09c4529edf76390.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfd0a8d907fcb76b2983f3ec3dd66972.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea540e7757399b68f9771d703dcdc6d3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14fe5dd3de44a19d7f9a758cb2a761e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d9d3e9d4f4129a1a09c4529edf76390.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79439cda428fd03b868ba5da1b1bfcd1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea540e7757399b68f9771d703dcdc6d3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6660a1addcfed3d0e24e8b9d2399bb2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d9d3e9d4f4129a1a09c4529edf76390.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9a80f8703d2f23d89fba1355d8063c8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea540e7757399b68f9771d703dcdc6d3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d72d2da0ff536598ebc420bf724c04b7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d9d3e9d4f4129a1a09c4529edf76390.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e7c3491a40f9b88efd53aad3643c5c3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea540e7757399b68f9771d703dcdc6d3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fe18e071ac0f731aab638e9444f36f4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d9d3e9d4f4129a1a09c4529edf76390.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f97d95dbbedd61f406d171dd4dacc73a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea540e7757399b68f9771d703dcdc6d3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd565abedd9c7f440a2719172aa46edb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>