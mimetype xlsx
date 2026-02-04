--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/483d544534d0978fa975d32a27d248fd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2319eb4a221424ca62c35964da53baea.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51f889d756b68b8a2650dd8cb1216665.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5492c7eaa56f2a40ee3d7c0cfa77da3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/483d544534d0978fa975d32a27d248fd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac464c19852526ced9c828187342255a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51f889d756b68b8a2650dd8cb1216665.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/353be2a5654f34db6f8b60b9c18720ca.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/483d544534d0978fa975d32a27d248fd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a3f8dbf9578dcc87e9be870329f0cc9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51f889d756b68b8a2650dd8cb1216665.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81ee9fb2f6f46219bd10590ab4d45b0b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/483d544534d0978fa975d32a27d248fd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce93e4f6dc5cd25eb7264798369a8ca1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51f889d756b68b8a2650dd8cb1216665.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9658df2694f1f7bdaa33788b3fa9fdb7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/483d544534d0978fa975d32a27d248fd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1abbc721c85db8c43c61f040aa3c054b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51f889d756b68b8a2650dd8cb1216665.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c6b6bd2008bc071c4ef2c1c4bf8e7f7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/483d544534d0978fa975d32a27d248fd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/360ebaf5d7f550b935d21fe55bcf3730.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51f889d756b68b8a2650dd8cb1216665.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e5c3ecf2aaf927ee5e71f375db3c526.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/483d544534d0978fa975d32a27d248fd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2caa00f2931c3505a120be9b4c22b39f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51f889d756b68b8a2650dd8cb1216665.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/655f65e20c8a501c98ab15d1f54cf314.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/483d544534d0978fa975d32a27d248fd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4feb3300397ee8e1f6d27636484d965.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51f889d756b68b8a2650dd8cb1216665.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa6e327ec278358c6c47304788bb9be5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>