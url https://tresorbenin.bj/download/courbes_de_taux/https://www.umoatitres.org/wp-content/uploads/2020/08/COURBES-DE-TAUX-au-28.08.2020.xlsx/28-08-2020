--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51f889d756b68b8a2650dd8cb1216665.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5492c7eaa56f2a40ee3d7c0cfa77da3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dad15dd8bbbc6be382d83f47c90ad928.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301d39079ebf0f3ef5cf59c3fbafb06d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51f889d756b68b8a2650dd8cb1216665.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/353be2a5654f34db6f8b60b9c18720ca.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dad15dd8bbbc6be382d83f47c90ad928.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a73bd6b63349732a55c82c8f2b3a9dd7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51f889d756b68b8a2650dd8cb1216665.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81ee9fb2f6f46219bd10590ab4d45b0b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dad15dd8bbbc6be382d83f47c90ad928.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4915c59c64761bf212e6793cb956f727.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51f889d756b68b8a2650dd8cb1216665.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9658df2694f1f7bdaa33788b3fa9fdb7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dad15dd8bbbc6be382d83f47c90ad928.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/425804f00b35e2bcf7bef80422c29881.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51f889d756b68b8a2650dd8cb1216665.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c6b6bd2008bc071c4ef2c1c4bf8e7f7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dad15dd8bbbc6be382d83f47c90ad928.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30940469e6193644a03eb2d9e6be6c13.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51f889d756b68b8a2650dd8cb1216665.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e5c3ecf2aaf927ee5e71f375db3c526.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dad15dd8bbbc6be382d83f47c90ad928.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7903374e63a3d566554e58ab292f2d6e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51f889d756b68b8a2650dd8cb1216665.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/655f65e20c8a501c98ab15d1f54cf314.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dad15dd8bbbc6be382d83f47c90ad928.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8de6b8bc7ac220c3721f79e9d750ab07.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51f889d756b68b8a2650dd8cb1216665.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa6e327ec278358c6c47304788bb9be5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dad15dd8bbbc6be382d83f47c90ad928.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3942a8a57bace4a45dbf29150b72d0f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>