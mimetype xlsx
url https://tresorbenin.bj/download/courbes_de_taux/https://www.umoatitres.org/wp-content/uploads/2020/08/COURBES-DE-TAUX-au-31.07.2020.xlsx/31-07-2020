--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16e995a340a41b00ce8c4d4168d94344.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a65cfd00f3d333f2320554c5a034e0ba.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/566a4e7d50833dd42ecd7e928eb32267.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02e83ade68eff781f153b1fd478b5793.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16e995a340a41b00ce8c4d4168d94344.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eac105e909a7f85b480ad91f8349bf34.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/566a4e7d50833dd42ecd7e928eb32267.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8a5cf0d803a434fefa2b695e7e52a37.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16e995a340a41b00ce8c4d4168d94344.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/297dd9680d5dce2950318acfbb68b209.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/566a4e7d50833dd42ecd7e928eb32267.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/004f57fb66cdc558d967285a015fd6da.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16e995a340a41b00ce8c4d4168d94344.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fcd3f7a026cd8f98ad01665a27d1a7a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/566a4e7d50833dd42ecd7e928eb32267.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c8c5256f68f2ebbc08d6c009b62aae0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16e995a340a41b00ce8c4d4168d94344.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/199cca2628c5b9278d3dde77e7b3d156.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/566a4e7d50833dd42ecd7e928eb32267.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa04ee920cadc95d2041f80ad25ccc31.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16e995a340a41b00ce8c4d4168d94344.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00c498ad11a9a139be92f433b1bfb6ec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/566a4e7d50833dd42ecd7e928eb32267.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/450a99e4d845acf94c211fe8575b1520.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16e995a340a41b00ce8c4d4168d94344.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3bd7e76ed77d480a0a9cb1bdcc4838f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/566a4e7d50833dd42ecd7e928eb32267.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7116730dfa74238a96eeff58a1d51088.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16e995a340a41b00ce8c4d4168d94344.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1535f2a4f6207e945dfdd47f5971415.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/566a4e7d50833dd42ecd7e928eb32267.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a76d51ec9f2474b9c28e8f35575502c0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>