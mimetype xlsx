--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -480,79 +480,79 @@
       <alignment vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/566a4e7d50833dd42ecd7e928eb32267.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02e83ade68eff781f153b1fd478b5793.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccda2f8506afb2f0aca1b7f7d2e033ed.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/166d5ce61bf9c93ccaeeace4a6bacaed.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/566a4e7d50833dd42ecd7e928eb32267.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8a5cf0d803a434fefa2b695e7e52a37.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccda2f8506afb2f0aca1b7f7d2e033ed.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e01d422041c9f6cb3191d0514a448be1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/566a4e7d50833dd42ecd7e928eb32267.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/004f57fb66cdc558d967285a015fd6da.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccda2f8506afb2f0aca1b7f7d2e033ed.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b1063f13f01c8ac8bfbf7724b9d4856.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/566a4e7d50833dd42ecd7e928eb32267.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c8c5256f68f2ebbc08d6c009b62aae0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccda2f8506afb2f0aca1b7f7d2e033ed.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/daa4cd6a72565a7a646d9be1c16c3735.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/566a4e7d50833dd42ecd7e928eb32267.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa04ee920cadc95d2041f80ad25ccc31.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccda2f8506afb2f0aca1b7f7d2e033ed.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e17e95bcabb44e0c215512e7b2cc22b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/566a4e7d50833dd42ecd7e928eb32267.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/450a99e4d845acf94c211fe8575b1520.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccda2f8506afb2f0aca1b7f7d2e033ed.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5ff863e9ee203170d9cb3a4c766e4f2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/566a4e7d50833dd42ecd7e928eb32267.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7116730dfa74238a96eeff58a1d51088.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccda2f8506afb2f0aca1b7f7d2e033ed.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a22ca22241931cb253f87cab9a01fe63.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/566a4e7d50833dd42ecd7e928eb32267.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a76d51ec9f2474b9c28e8f35575502c0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccda2f8506afb2f0aca1b7f7d2e033ed.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e352d385764e061957e24f198324a7b3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>