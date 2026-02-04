--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3a79e048a00e9a1d675352729917a7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bd1fa41928004ce4424038c39f8b1bc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60089e00f9de44eac6883be6e47a54a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/703be115f31cc3499e4b54dd609125b6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3a79e048a00e9a1d675352729917a7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/431de0258359ebe84bcf229f2ca48aef.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60089e00f9de44eac6883be6e47a54a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cffb604b3607955d991b4d29a1f2e2b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3a79e048a00e9a1d675352729917a7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42502080dccc426887dfd315b67c0912.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60089e00f9de44eac6883be6e47a54a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bebf2bdde4694f6564e57ecf83c136a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3a79e048a00e9a1d675352729917a7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0a5fb1dd3da66e8f84c67b467a2897c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60089e00f9de44eac6883be6e47a54a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40732e6cdaa093494fc608a66aba8138.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3a79e048a00e9a1d675352729917a7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d55f4bf02bc47ba8f83a5b26c30a64ea.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60089e00f9de44eac6883be6e47a54a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b55608fee908b7e0029ad968fcc0b9f1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3a79e048a00e9a1d675352729917a7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fc1908e7fb5a0e5103b1b300b56d131.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60089e00f9de44eac6883be6e47a54a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a58495c39c4625e9805b8ff141ebdff.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3a79e048a00e9a1d675352729917a7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52ec2208786c395b4c1b7058c6a341e5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60089e00f9de44eac6883be6e47a54a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5223c79302bdb6913db43f3f0f78a5ba.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3a79e048a00e9a1d675352729917a7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ba1be7f88c94859305aef25de128223.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60089e00f9de44eac6883be6e47a54a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf86a077b545f7104f815049886ecdec.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>