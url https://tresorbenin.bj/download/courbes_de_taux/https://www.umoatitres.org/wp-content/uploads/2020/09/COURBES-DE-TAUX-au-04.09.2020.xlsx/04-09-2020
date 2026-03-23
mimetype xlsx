--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60089e00f9de44eac6883be6e47a54a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/703be115f31cc3499e4b54dd609125b6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6b3c5dad78b66326ddc32f92d06a216.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90a348180169d6daf637e2378c93c6ca.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60089e00f9de44eac6883be6e47a54a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cffb604b3607955d991b4d29a1f2e2b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6b3c5dad78b66326ddc32f92d06a216.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2316cdc6719f4f813101faa7995975b8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60089e00f9de44eac6883be6e47a54a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bebf2bdde4694f6564e57ecf83c136a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6b3c5dad78b66326ddc32f92d06a216.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e01071b29b8f670a853ef2e50077989e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60089e00f9de44eac6883be6e47a54a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40732e6cdaa093494fc608a66aba8138.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6b3c5dad78b66326ddc32f92d06a216.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb8c3fec849464b3b27ccd47048ec303.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60089e00f9de44eac6883be6e47a54a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b55608fee908b7e0029ad968fcc0b9f1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6b3c5dad78b66326ddc32f92d06a216.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27bbdb3102baba18d85585f7a0c770f6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60089e00f9de44eac6883be6e47a54a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a58495c39c4625e9805b8ff141ebdff.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6b3c5dad78b66326ddc32f92d06a216.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6173adbb4e903b4d99511fca5f8b795.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60089e00f9de44eac6883be6e47a54a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5223c79302bdb6913db43f3f0f78a5ba.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6b3c5dad78b66326ddc32f92d06a216.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9abd85250ac141cfc656a00d4ac0a32c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60089e00f9de44eac6883be6e47a54a8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf86a077b545f7104f815049886ecdec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6b3c5dad78b66326ddc32f92d06a216.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a32a4ee386551d2c7df1b0bfc77e1c30.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>