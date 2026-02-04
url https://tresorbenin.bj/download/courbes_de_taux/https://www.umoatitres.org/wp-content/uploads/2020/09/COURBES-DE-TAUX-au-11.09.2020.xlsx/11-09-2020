--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -489,79 +489,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f893ef5d774972425ab979f7476ecc35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d313bf21ddcb33db2fb15330698f3ea2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7e8a683466653b1a9f5e34a5e8a6c88.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bc4c058109f86ce0f12b79a3db76c15.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f893ef5d774972425ab979f7476ecc35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95cf619d7671ad7ba413ac6abcd48b79.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7e8a683466653b1a9f5e34a5e8a6c88.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc3e77c631f9618644395dfd7f7956ab.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f893ef5d774972425ab979f7476ecc35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0f08d591d5bf7983825c83ba77d230d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7e8a683466653b1a9f5e34a5e8a6c88.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04fe23e7433de9a8c27e06d0e2181be4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f893ef5d774972425ab979f7476ecc35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c392d6491add2fe881eeaf815a4b4a21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7e8a683466653b1a9f5e34a5e8a6c88.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b28d88214adb87a88ba55640fdd6f884.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f893ef5d774972425ab979f7476ecc35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/593015d5b5013e46834a99a528119159.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7e8a683466653b1a9f5e34a5e8a6c88.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50e9ba15d52c717497d6c28bd2149eff.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f893ef5d774972425ab979f7476ecc35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32ca80657fe413f83ae21b588972d224.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7e8a683466653b1a9f5e34a5e8a6c88.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8eff79283c7afdda82955143e1a6c51.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f893ef5d774972425ab979f7476ecc35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1bcd0d658ba79cb4e28a921abe56a55.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7e8a683466653b1a9f5e34a5e8a6c88.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81966d81db9232e6efd1965dc9133111.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f893ef5d774972425ab979f7476ecc35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e419c69df94b2af784850c15dd8bba91.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7e8a683466653b1a9f5e34a5e8a6c88.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aada423dee4c0e56a9f184cdcf88d792.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>