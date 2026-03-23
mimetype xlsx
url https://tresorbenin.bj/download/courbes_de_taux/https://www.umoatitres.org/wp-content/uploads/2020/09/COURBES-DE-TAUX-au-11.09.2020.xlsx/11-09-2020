--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -489,79 +489,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7e8a683466653b1a9f5e34a5e8a6c88.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bc4c058109f86ce0f12b79a3db76c15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5593412a6878dea4ba322d23ba7d0e95.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91aa88ecac2fb6bf93c24aa3abbf3991.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7e8a683466653b1a9f5e34a5e8a6c88.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc3e77c631f9618644395dfd7f7956ab.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5593412a6878dea4ba322d23ba7d0e95.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27d67ca01c6d225f1c54e847e45422b0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7e8a683466653b1a9f5e34a5e8a6c88.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04fe23e7433de9a8c27e06d0e2181be4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5593412a6878dea4ba322d23ba7d0e95.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f173797f141698997e31ee1025f36a00.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7e8a683466653b1a9f5e34a5e8a6c88.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b28d88214adb87a88ba55640fdd6f884.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5593412a6878dea4ba322d23ba7d0e95.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f94de25eec5cd36efad7e1417bd380b5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7e8a683466653b1a9f5e34a5e8a6c88.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50e9ba15d52c717497d6c28bd2149eff.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5593412a6878dea4ba322d23ba7d0e95.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22a66c9c74cf2d5c3ec359088dedb54d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7e8a683466653b1a9f5e34a5e8a6c88.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8eff79283c7afdda82955143e1a6c51.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5593412a6878dea4ba322d23ba7d0e95.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddc49890d277d30295f0ddee5c2f3b3c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7e8a683466653b1a9f5e34a5e8a6c88.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81966d81db9232e6efd1965dc9133111.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5593412a6878dea4ba322d23ba7d0e95.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a491e5cef654c73297d116ab4ff7cf7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7e8a683466653b1a9f5e34a5e8a6c88.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aada423dee4c0e56a9f184cdcf88d792.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5593412a6878dea4ba322d23ba7d0e95.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72b9647cb311ee4561faf783cde04e52.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>