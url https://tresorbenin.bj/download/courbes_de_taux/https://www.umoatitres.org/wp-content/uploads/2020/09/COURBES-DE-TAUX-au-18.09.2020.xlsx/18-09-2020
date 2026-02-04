--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63c79ffb3fa22ffde01a738c60c60df1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/effc62a4b46515be1b96401646fe089c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc6760e39c82f9a5c4a69d8fa3db891f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac89a55a4f4252f8ef1a48f31d878957.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63c79ffb3fa22ffde01a738c60c60df1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47d33a08bd1e2fdd226a44f63247b9e9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc6760e39c82f9a5c4a69d8fa3db891f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0689e14900ad265676386fdefb2fbc5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63c79ffb3fa22ffde01a738c60c60df1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc685ff47032613def2cc525e6d117c4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc6760e39c82f9a5c4a69d8fa3db891f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c5733552fec4c2d8e7ad2c98c3206d9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63c79ffb3fa22ffde01a738c60c60df1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a093fa4e01ee3f04027b7f0b229b22b8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc6760e39c82f9a5c4a69d8fa3db891f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6aef336c6a50a9a8474ffd662c8a19f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63c79ffb3fa22ffde01a738c60c60df1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1495dc118b1ee6baa75898b84b8afd1f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc6760e39c82f9a5c4a69d8fa3db891f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc7df0d4a7aec3a15903c07f57b14aba.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63c79ffb3fa22ffde01a738c60c60df1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e94c2ec04718bc960e30186b6dafc93.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc6760e39c82f9a5c4a69d8fa3db891f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56f03196fa21fc9f55957339979556a8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63c79ffb3fa22ffde01a738c60c60df1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1358a8a8014214fb0d327cb0e42e419e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc6760e39c82f9a5c4a69d8fa3db891f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab1ab1b3f7b5db99ecc14b31008b3063.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63c79ffb3fa22ffde01a738c60c60df1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19e1265caf139d0ee942c91aa5c53051.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc6760e39c82f9a5c4a69d8fa3db891f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f01e8cf7607c1e266785220498847cd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>