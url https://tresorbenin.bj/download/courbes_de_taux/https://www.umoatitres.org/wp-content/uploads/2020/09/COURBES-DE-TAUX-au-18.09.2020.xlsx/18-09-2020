--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc6760e39c82f9a5c4a69d8fa3db891f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac89a55a4f4252f8ef1a48f31d878957.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ab86cab5d89c6f7bba288ae09c32029.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5fa36c8d24e61e912ca5a1ef3113b34.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc6760e39c82f9a5c4a69d8fa3db891f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0689e14900ad265676386fdefb2fbc5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ab86cab5d89c6f7bba288ae09c32029.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/607708ef9ceae72d55ab6557f4cd21cb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc6760e39c82f9a5c4a69d8fa3db891f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c5733552fec4c2d8e7ad2c98c3206d9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ab86cab5d89c6f7bba288ae09c32029.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2ee5e1601595929d9a5ba40fb1740a6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc6760e39c82f9a5c4a69d8fa3db891f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6aef336c6a50a9a8474ffd662c8a19f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ab86cab5d89c6f7bba288ae09c32029.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f3286d4959d9fcaf3b2ea2cb883b3a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc6760e39c82f9a5c4a69d8fa3db891f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc7df0d4a7aec3a15903c07f57b14aba.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ab86cab5d89c6f7bba288ae09c32029.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a045ceae4c6933f8a6787838994e8d16.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc6760e39c82f9a5c4a69d8fa3db891f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56f03196fa21fc9f55957339979556a8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ab86cab5d89c6f7bba288ae09c32029.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22663c7664145fc754b1f0c312879f89.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc6760e39c82f9a5c4a69d8fa3db891f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab1ab1b3f7b5db99ecc14b31008b3063.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ab86cab5d89c6f7bba288ae09c32029.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1394bb1c3aa6fce0bf9f487270ffb0a3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc6760e39c82f9a5c4a69d8fa3db891f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f01e8cf7607c1e266785220498847cd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ab86cab5d89c6f7bba288ae09c32029.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0befce69e0f769c5f7abade56f80e84f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>