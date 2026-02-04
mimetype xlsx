--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0cd8f4ed69ee66de32a674c9c78635c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc7f76c4114ab817e86d656e3f0b81d0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f93e6799f8f29ce9f8c1be5b7d7546eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/730fd729a0687a1f80e7c3594d321fe1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0cd8f4ed69ee66de32a674c9c78635c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b07c618efb7c86ec34eea752d6b933cd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f93e6799f8f29ce9f8c1be5b7d7546eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddff8f7bb05e8d1d9f3795be1a1ded6e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0cd8f4ed69ee66de32a674c9c78635c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/708619ec5a66b4a4becce05c1f38b382.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f93e6799f8f29ce9f8c1be5b7d7546eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38648e45f036d771aec36a48a0c1176c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0cd8f4ed69ee66de32a674c9c78635c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/912359ee655ffbd275a36584773b4ff3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f93e6799f8f29ce9f8c1be5b7d7546eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5a4fa2ffc8334f14e40e2590a6088d3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0cd8f4ed69ee66de32a674c9c78635c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3134237b9779668b0ae1dbf4a88653a6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f93e6799f8f29ce9f8c1be5b7d7546eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c38f600f21707a0078b148345c2952db.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0cd8f4ed69ee66de32a674c9c78635c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/688899de50efe036d1af24526c69e19b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f93e6799f8f29ce9f8c1be5b7d7546eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7767b6837e090377d119dc934713ba38.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0cd8f4ed69ee66de32a674c9c78635c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79624cf803e3f106eed120e0f3a199e7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f93e6799f8f29ce9f8c1be5b7d7546eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39ef5e88f6d06ac579fbc0b975bc88c0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0cd8f4ed69ee66de32a674c9c78635c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb5145057938b8b67500bda7d17e877d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f93e6799f8f29ce9f8c1be5b7d7546eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c311c27a8ecdf65e3d892d79caf16d7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>