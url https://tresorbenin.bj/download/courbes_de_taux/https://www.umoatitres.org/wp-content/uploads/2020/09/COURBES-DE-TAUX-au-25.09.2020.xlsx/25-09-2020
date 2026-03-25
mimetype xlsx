--- v1 (2026-02-04)
+++ v2 (2026-03-25)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f93e6799f8f29ce9f8c1be5b7d7546eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/730fd729a0687a1f80e7c3594d321fe1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/532ff644602964a021923b1e5c537673.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc9614a655aedc95f91367475b55764a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f93e6799f8f29ce9f8c1be5b7d7546eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddff8f7bb05e8d1d9f3795be1a1ded6e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/532ff644602964a021923b1e5c537673.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a90bd5c5a21a6dcb8af7e477a6fb6278.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f93e6799f8f29ce9f8c1be5b7d7546eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38648e45f036d771aec36a48a0c1176c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/532ff644602964a021923b1e5c537673.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/986a57ebc5dad89def123e5dad7df375.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f93e6799f8f29ce9f8c1be5b7d7546eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5a4fa2ffc8334f14e40e2590a6088d3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/532ff644602964a021923b1e5c537673.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fee740d9022f401f00150b964079597d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f93e6799f8f29ce9f8c1be5b7d7546eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c38f600f21707a0078b148345c2952db.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/532ff644602964a021923b1e5c537673.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f43ce83746c3cddc7b629404c743d1f3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f93e6799f8f29ce9f8c1be5b7d7546eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7767b6837e090377d119dc934713ba38.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/532ff644602964a021923b1e5c537673.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28ceb39bf5716ded8f3c65e5ee1667d2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f93e6799f8f29ce9f8c1be5b7d7546eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39ef5e88f6d06ac579fbc0b975bc88c0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/532ff644602964a021923b1e5c537673.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cefe0f5790c97a6b73eeb1c16a51b315.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f93e6799f8f29ce9f8c1be5b7d7546eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c311c27a8ecdf65e3d892d79caf16d7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/532ff644602964a021923b1e5c537673.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba2615e72b9f167bbec6e2d1fae87ac3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>