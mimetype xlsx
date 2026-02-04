--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a538921a45547c5eccea3e8ebfd07f6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b90e92dddeb08a1b946917034a49a617.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64f34b13e825b053c353ef67fa9183e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d260397d5c02501a7b72e53df26673f7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a538921a45547c5eccea3e8ebfd07f6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/385b9fedeb06bf7402edb248be1848ac.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64f34b13e825b053c353ef67fa9183e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f0e75ac20a9ea10a509a62d6b48c184.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a538921a45547c5eccea3e8ebfd07f6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6f07804ad71e8b6294f7953c301baa4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64f34b13e825b053c353ef67fa9183e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b57163a860faa792115e6433dcb04c88.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a538921a45547c5eccea3e8ebfd07f6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c2c86388d6fe75adf2a3f796c60d157.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64f34b13e825b053c353ef67fa9183e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6aadeb8282a6d2e6af2cfc6d46d389e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a538921a45547c5eccea3e8ebfd07f6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebc4624e15a2aeb7a949f56ee4ea7dc3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64f34b13e825b053c353ef67fa9183e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/180b260e2080b971c4b51f91b5424359.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a538921a45547c5eccea3e8ebfd07f6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9acae9f64eedd89d741fda7989f9b04a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64f34b13e825b053c353ef67fa9183e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f556c350da9339f583aa5cb9667e91be.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a538921a45547c5eccea3e8ebfd07f6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88edd5d42da07d214dfd46c50189e088.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64f34b13e825b053c353ef67fa9183e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9ca9e5e0ee2ed7cfb3275efdbec87ff.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a538921a45547c5eccea3e8ebfd07f6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/852398c3fab84fceb5f1f1ebf246b89b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64f34b13e825b053c353ef67fa9183e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/274adc5371de2c1b1fa88413982ba061.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>