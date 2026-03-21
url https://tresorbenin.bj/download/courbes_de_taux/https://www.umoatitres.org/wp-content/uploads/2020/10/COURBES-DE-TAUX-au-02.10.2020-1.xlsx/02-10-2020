--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64f34b13e825b053c353ef67fa9183e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d260397d5c02501a7b72e53df26673f7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50b7847fe87cdab7908683ef29372222.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/650863f4e35c2bca9c7b59cb5f00ee47.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64f34b13e825b053c353ef67fa9183e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f0e75ac20a9ea10a509a62d6b48c184.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50b7847fe87cdab7908683ef29372222.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ea68c2ad4ee4514f65b88a331e5aca5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64f34b13e825b053c353ef67fa9183e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b57163a860faa792115e6433dcb04c88.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50b7847fe87cdab7908683ef29372222.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a6807d38678224320afabbbb221d24b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64f34b13e825b053c353ef67fa9183e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6aadeb8282a6d2e6af2cfc6d46d389e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50b7847fe87cdab7908683ef29372222.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/857a64eae174d8bebc48edffae698001.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64f34b13e825b053c353ef67fa9183e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/180b260e2080b971c4b51f91b5424359.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50b7847fe87cdab7908683ef29372222.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c94d4eee4aa7035667cf3311b5edee53.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64f34b13e825b053c353ef67fa9183e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f556c350da9339f583aa5cb9667e91be.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50b7847fe87cdab7908683ef29372222.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caa6fefea6fb5f255e907ec8bf51c21e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64f34b13e825b053c353ef67fa9183e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9ca9e5e0ee2ed7cfb3275efdbec87ff.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50b7847fe87cdab7908683ef29372222.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/025513a3c40dadc42824266c0d63ed37.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64f34b13e825b053c353ef67fa9183e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/274adc5371de2c1b1fa88413982ba061.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50b7847fe87cdab7908683ef29372222.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c028061681c525149d971cc93e20cbfd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>