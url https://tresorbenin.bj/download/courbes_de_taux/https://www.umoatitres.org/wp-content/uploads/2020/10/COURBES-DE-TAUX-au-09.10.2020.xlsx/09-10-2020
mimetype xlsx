--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e79e648cf6494b12c3fcb66aa03d7ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5b3bf77f7199dd31a1f2f3b5710d2ff.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4e46a3442a7593b66d3f1fedadf67e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1785b27237ec1a6e1f642b99e926f67.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e79e648cf6494b12c3fcb66aa03d7ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ca50913f4009cde57bfaf4ac3101b9c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4e46a3442a7593b66d3f1fedadf67e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b28b819750f643c0f80abf59ad688a06.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e79e648cf6494b12c3fcb66aa03d7ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caa586a678d86d5332b92347d820c13d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4e46a3442a7593b66d3f1fedadf67e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae560eed9bcab8ff642555ef4f0873bf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e79e648cf6494b12c3fcb66aa03d7ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86b2d2ddeea320c9f248fedf0faee60c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4e46a3442a7593b66d3f1fedadf67e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7f45072423380f8c4ae2c58329014f9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e79e648cf6494b12c3fcb66aa03d7ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5427e4724cc728aa73f6219cad68f400.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4e46a3442a7593b66d3f1fedadf67e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf0277249d2cea0ca17d35e161f6db1c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e79e648cf6494b12c3fcb66aa03d7ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f28a2b7ad6de1a1b352c886bac9fa9b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4e46a3442a7593b66d3f1fedadf67e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5e65ab363b7dd889a0ddbcc83708e64.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e79e648cf6494b12c3fcb66aa03d7ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b95965ca0700156930ea9166a6d8f63d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4e46a3442a7593b66d3f1fedadf67e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84a4444deacc629e972b29e12ac9d1a3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e79e648cf6494b12c3fcb66aa03d7ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97b68bd8667c2c79a254acefcb87a915.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4e46a3442a7593b66d3f1fedadf67e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bbbf1d3dd58b646f60a75679ef1c726.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>