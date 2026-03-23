--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4e46a3442a7593b66d3f1fedadf67e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1785b27237ec1a6e1f642b99e926f67.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6872a37058fba55e9924f61d16872e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6b12036496814a1f5ae924bf502d341.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4e46a3442a7593b66d3f1fedadf67e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b28b819750f643c0f80abf59ad688a06.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6872a37058fba55e9924f61d16872e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03d7cdd04ddcc1c96dcc08d3092a218f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4e46a3442a7593b66d3f1fedadf67e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae560eed9bcab8ff642555ef4f0873bf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6872a37058fba55e9924f61d16872e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b19293d4a376c8a974dec8ccbb88c93c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4e46a3442a7593b66d3f1fedadf67e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7f45072423380f8c4ae2c58329014f9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6872a37058fba55e9924f61d16872e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a158410fb6d1e9df0b5da3aa82a8222b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4e46a3442a7593b66d3f1fedadf67e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf0277249d2cea0ca17d35e161f6db1c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6872a37058fba55e9924f61d16872e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d97499999fe038f50a09a290a785d65.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4e46a3442a7593b66d3f1fedadf67e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5e65ab363b7dd889a0ddbcc83708e64.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6872a37058fba55e9924f61d16872e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/509dbefa4bb16a003b3e310e83eb1997.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4e46a3442a7593b66d3f1fedadf67e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84a4444deacc629e972b29e12ac9d1a3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6872a37058fba55e9924f61d16872e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/414ebf7d78b5109ee9052e7442073971.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4e46a3442a7593b66d3f1fedadf67e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bbbf1d3dd58b646f60a75679ef1c726.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6872a37058fba55e9924f61d16872e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f640a5cf913c41a3907a908716a7093e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>