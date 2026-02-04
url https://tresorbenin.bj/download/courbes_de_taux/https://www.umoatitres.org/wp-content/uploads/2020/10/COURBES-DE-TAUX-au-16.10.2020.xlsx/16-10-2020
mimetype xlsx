--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817f9403dcb6d5644c5ea136cc1ba0ff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6777ee510d8f10075e6c0c6eea2f839.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4ae44c6de124ff91805c869cf655c86.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049c24ceeace9d485893b9642fe50389.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817f9403dcb6d5644c5ea136cc1ba0ff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c76adc60d3f0a9482b5e006eea45f775.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4ae44c6de124ff91805c869cf655c86.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e7a0c721c0c25dc1b25873d92cc2546.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817f9403dcb6d5644c5ea136cc1ba0ff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e53cdefd80a028304c52b6c706e1419.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4ae44c6de124ff91805c869cf655c86.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0b78a83163b40f17ce07c0655a3714c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817f9403dcb6d5644c5ea136cc1ba0ff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb087c0c39027f13c5214af85f3355d9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4ae44c6de124ff91805c869cf655c86.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d4e9b3b00ae234e15442f7c4e44095b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817f9403dcb6d5644c5ea136cc1ba0ff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc207fa3df34eeda0aa5757b80915863.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4ae44c6de124ff91805c869cf655c86.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f86886c494626e646fcf7dafdc24b56.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817f9403dcb6d5644c5ea136cc1ba0ff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58e2ccb70c363300169ce0fab2d0a6a9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4ae44c6de124ff91805c869cf655c86.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6502667e54ddeac41ef8d7a0627076c7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817f9403dcb6d5644c5ea136cc1ba0ff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf775c66c8b9f1720a49800f01d1df38.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4ae44c6de124ff91805c869cf655c86.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7caffc6477ec21360c850302d9b1fcae.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817f9403dcb6d5644c5ea136cc1ba0ff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51583f4f6dc62404ef6ba2f9d3ff349c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4ae44c6de124ff91805c869cf655c86.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c70823759d79afb221ff744c18cf63fb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>