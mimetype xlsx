--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4ae44c6de124ff91805c869cf655c86.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049c24ceeace9d485893b9642fe50389.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f08a51ea97294b4b5b3af52dcf7c6f36.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc0867931a18a405a8dd9dfae6c3b7c2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4ae44c6de124ff91805c869cf655c86.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e7a0c721c0c25dc1b25873d92cc2546.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f08a51ea97294b4b5b3af52dcf7c6f36.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdfe9ce045ae49b169273d6a96b0779d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4ae44c6de124ff91805c869cf655c86.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0b78a83163b40f17ce07c0655a3714c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f08a51ea97294b4b5b3af52dcf7c6f36.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e970a1db7b4a94643fbd9c2411865a67.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4ae44c6de124ff91805c869cf655c86.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d4e9b3b00ae234e15442f7c4e44095b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f08a51ea97294b4b5b3af52dcf7c6f36.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2abced047afa8435fb214d4eeb10b78.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4ae44c6de124ff91805c869cf655c86.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f86886c494626e646fcf7dafdc24b56.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f08a51ea97294b4b5b3af52dcf7c6f36.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab97945463fb16a84e7338b121b8ed1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4ae44c6de124ff91805c869cf655c86.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6502667e54ddeac41ef8d7a0627076c7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f08a51ea97294b4b5b3af52dcf7c6f36.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40b722a99cfeaaf563ba41b81417dbe6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4ae44c6de124ff91805c869cf655c86.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7caffc6477ec21360c850302d9b1fcae.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f08a51ea97294b4b5b3af52dcf7c6f36.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4421000ed9525e42c606a8c957da5f4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4ae44c6de124ff91805c869cf655c86.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c70823759d79afb221ff744c18cf63fb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f08a51ea97294b4b5b3af52dcf7c6f36.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7215c5dd92e04d0ced2d7ab05b4c556.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>