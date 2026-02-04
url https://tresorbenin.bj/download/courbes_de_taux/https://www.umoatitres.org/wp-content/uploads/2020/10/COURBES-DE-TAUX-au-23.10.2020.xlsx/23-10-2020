--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c582edefc19b88a9957d5e32aa88b308.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e8d748150af3d733393336442780865.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d05a6c25a032c0b4aa1bab5e5f0f276f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f370aa9407aeefa823f2e9d6ce8ecbf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c582edefc19b88a9957d5e32aa88b308.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/862ddd613f74336f7ae2c50f377d7395.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d05a6c25a032c0b4aa1bab5e5f0f276f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4fa17771ae39c6b14d53f322957754f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c582edefc19b88a9957d5e32aa88b308.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d82409db1d7a410de6c5001e4025a1c1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d05a6c25a032c0b4aa1bab5e5f0f276f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14bebd259ba9bc3d93bb8052fce98ebb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c582edefc19b88a9957d5e32aa88b308.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b00167d0182914eeb935e78d6a5d9d84.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d05a6c25a032c0b4aa1bab5e5f0f276f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8617726bbc0bbf995dc90c4376e60e6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c582edefc19b88a9957d5e32aa88b308.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f10f78cd58b11aac9ca7de15ab4ed0ca.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d05a6c25a032c0b4aa1bab5e5f0f276f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/177a2e90403582c000ea7c14850ae9c3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c582edefc19b88a9957d5e32aa88b308.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f10ef1c2ad02e58bea6699996702784.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d05a6c25a032c0b4aa1bab5e5f0f276f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51ae2dc13b1620f32f73c4bfe19863f0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c582edefc19b88a9957d5e32aa88b308.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17bf019829b9dc377f7008262b9a8ddf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d05a6c25a032c0b4aa1bab5e5f0f276f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c283f38cff01b1821547804185396be7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c582edefc19b88a9957d5e32aa88b308.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8aef9277043bf45514d60a83b841506.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d05a6c25a032c0b4aa1bab5e5f0f276f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e2880794ba138048f93de82cae837a7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>