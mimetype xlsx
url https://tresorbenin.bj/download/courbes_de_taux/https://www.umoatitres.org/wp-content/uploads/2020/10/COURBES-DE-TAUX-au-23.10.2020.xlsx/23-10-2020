--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d05a6c25a032c0b4aa1bab5e5f0f276f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f370aa9407aeefa823f2e9d6ce8ecbf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a54bffacd9b4a46699b914df0d43991.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/438f48e7d2b84547326c3ec33864daf4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d05a6c25a032c0b4aa1bab5e5f0f276f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4fa17771ae39c6b14d53f322957754f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a54bffacd9b4a46699b914df0d43991.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db6cc7aa48a8c7a95cac58e63a58f9a4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d05a6c25a032c0b4aa1bab5e5f0f276f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14bebd259ba9bc3d93bb8052fce98ebb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a54bffacd9b4a46699b914df0d43991.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb397b98bdd7f951066ed94f3f2b37fa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d05a6c25a032c0b4aa1bab5e5f0f276f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8617726bbc0bbf995dc90c4376e60e6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a54bffacd9b4a46699b914df0d43991.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4893932b230afb46f4cad70af7b1440.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d05a6c25a032c0b4aa1bab5e5f0f276f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/177a2e90403582c000ea7c14850ae9c3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a54bffacd9b4a46699b914df0d43991.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/844b2e95fb45dacc6931d7bb9b202adc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d05a6c25a032c0b4aa1bab5e5f0f276f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51ae2dc13b1620f32f73c4bfe19863f0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a54bffacd9b4a46699b914df0d43991.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97cd81fffee3b3832f69525fd9f12dfb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d05a6c25a032c0b4aa1bab5e5f0f276f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c283f38cff01b1821547804185396be7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a54bffacd9b4a46699b914df0d43991.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/026d8d83290a087fb05023fbe6e9a67a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d05a6c25a032c0b4aa1bab5e5f0f276f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e2880794ba138048f93de82cae837a7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a54bffacd9b4a46699b914df0d43991.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a51fad689b81cc1ca714dc474fe235f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>