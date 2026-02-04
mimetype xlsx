--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9c3d0ae4f5d08af9655d7eb6b0826ad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b890e676a23929a005dff77cf91b262.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20474ebbbbfebd5ef06a35ae71545e1c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2145e86ffecbf7bd8c4b87b69d6e9698.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9c3d0ae4f5d08af9655d7eb6b0826ad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa085b8e06b4b5cf526e750b9ff03f57.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20474ebbbbfebd5ef06a35ae71545e1c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002d106de7a7e9a7bf329cd353ef060c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9c3d0ae4f5d08af9655d7eb6b0826ad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/347bd574e68371c5c030560551f1789e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20474ebbbbfebd5ef06a35ae71545e1c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/876f3b2cf64e795bf474061406710832.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9c3d0ae4f5d08af9655d7eb6b0826ad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbd6b5139951f9ad777c7a7e7768aecd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20474ebbbbfebd5ef06a35ae71545e1c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70c32b42a53f74c0d1aef3d609009438.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9c3d0ae4f5d08af9655d7eb6b0826ad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a788302c1b6ddf27912582f8d5516e91.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20474ebbbbfebd5ef06a35ae71545e1c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af250af922f2cd29903dc1372f0932f9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9c3d0ae4f5d08af9655d7eb6b0826ad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b33ad753fd4d9f51a94537066420697.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20474ebbbbfebd5ef06a35ae71545e1c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03b4841957a5d120745418c61a6ef58e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9c3d0ae4f5d08af9655d7eb6b0826ad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d188dbe242971657fc2852424cd3213.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20474ebbbbfebd5ef06a35ae71545e1c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05af7f46a1f6075888021f81c6de2517.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9c3d0ae4f5d08af9655d7eb6b0826ad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fc31183c146dc2c4b68abbc060208c2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20474ebbbbfebd5ef06a35ae71545e1c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23319c7c2313811d82418da2e603e0c4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>