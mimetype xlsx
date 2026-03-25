--- v1 (2026-02-04)
+++ v2 (2026-03-25)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20474ebbbbfebd5ef06a35ae71545e1c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2145e86ffecbf7bd8c4b87b69d6e9698.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61c170c013813c1bbd489fcd8c8b25d7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ac64a3c24f03ffb9c0124ba50c0c119.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20474ebbbbfebd5ef06a35ae71545e1c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002d106de7a7e9a7bf329cd353ef060c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61c170c013813c1bbd489fcd8c8b25d7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4f0d5a8596d51922735fec79a4bc643.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20474ebbbbfebd5ef06a35ae71545e1c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/876f3b2cf64e795bf474061406710832.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61c170c013813c1bbd489fcd8c8b25d7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb26e7d4389b80ad9a76a1b90e7df1bf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20474ebbbbfebd5ef06a35ae71545e1c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70c32b42a53f74c0d1aef3d609009438.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61c170c013813c1bbd489fcd8c8b25d7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2eb83542c175e0adf2e3ae72748562ef.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20474ebbbbfebd5ef06a35ae71545e1c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af250af922f2cd29903dc1372f0932f9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61c170c013813c1bbd489fcd8c8b25d7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf07788bd9d282452c90ac566ed8045c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20474ebbbbfebd5ef06a35ae71545e1c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03b4841957a5d120745418c61a6ef58e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61c170c013813c1bbd489fcd8c8b25d7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/238c6785ee08cc0faf0fbcb1b5ad7557.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20474ebbbbfebd5ef06a35ae71545e1c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05af7f46a1f6075888021f81c6de2517.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61c170c013813c1bbd489fcd8c8b25d7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e00b52e34ad7cd5795f1901b688cc2d1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20474ebbbbfebd5ef06a35ae71545e1c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23319c7c2313811d82418da2e603e0c4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61c170c013813c1bbd489fcd8c8b25d7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5942884d997e4537b09b4770aed3e9e5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>