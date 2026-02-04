--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b987986fc9f3d75942144cdc388f9c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/043bc4b8c410c81e4acd4040d68f2511.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9685604537bed1b9ca82df14c0ea050.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64c2c0d20cb4fc9ac2da95b808dd4e1b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b987986fc9f3d75942144cdc388f9c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6e4580bd7ed2c4d9e0a3a6fd18488a8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9685604537bed1b9ca82df14c0ea050.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7c271c2376f18037adb07c400c42f2b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b987986fc9f3d75942144cdc388f9c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3561e91adaa34966cf8a6c75fd1706c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9685604537bed1b9ca82df14c0ea050.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dc4817e2d52a388a1491ad21eceaebb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b987986fc9f3d75942144cdc388f9c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46f39d3e3ccd4eb2df469e4db4de2e77.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9685604537bed1b9ca82df14c0ea050.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d0b755a7488becc0b4f5aa4cc46cd7a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b987986fc9f3d75942144cdc388f9c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d17b23583410334d5b91ce1d72d49647.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9685604537bed1b9ca82df14c0ea050.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/701a276a3917c542f829537a6591f501.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b987986fc9f3d75942144cdc388f9c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d08834fec640a0581584f23e11062d69.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9685604537bed1b9ca82df14c0ea050.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80c651366a0bd52bf76f790cd3fe5681.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b987986fc9f3d75942144cdc388f9c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c78ab34775f9f89c62b624adb7ca7fe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9685604537bed1b9ca82df14c0ea050.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6b2b9999933e605aa468dc8b95f778b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b987986fc9f3d75942144cdc388f9c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aeffe33845f75137935b5cf5a3a1f47.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9685604537bed1b9ca82df14c0ea050.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1040aee2fbd7a163485871a9f8100b3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>