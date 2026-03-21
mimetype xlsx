--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9685604537bed1b9ca82df14c0ea050.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64c2c0d20cb4fc9ac2da95b808dd4e1b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/738b188441132db784410104dfe70f4c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e407fcb085ed3134479c55caebef3d92.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9685604537bed1b9ca82df14c0ea050.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7c271c2376f18037adb07c400c42f2b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/738b188441132db784410104dfe70f4c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/728a70c114900296243fa7e67f711cb7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9685604537bed1b9ca82df14c0ea050.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dc4817e2d52a388a1491ad21eceaebb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/738b188441132db784410104dfe70f4c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9507abfca6eb1c24a030a4f1fb5c3ae2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9685604537bed1b9ca82df14c0ea050.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d0b755a7488becc0b4f5aa4cc46cd7a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/738b188441132db784410104dfe70f4c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5312f4e04f54c0d6bf3fd20d61e47ed1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9685604537bed1b9ca82df14c0ea050.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/701a276a3917c542f829537a6591f501.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/738b188441132db784410104dfe70f4c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2eb5ec7303cbe94cb56dd510d0f75058.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9685604537bed1b9ca82df14c0ea050.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80c651366a0bd52bf76f790cd3fe5681.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/738b188441132db784410104dfe70f4c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ff52ccc62b9d50e0decb2679a9b70ad.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9685604537bed1b9ca82df14c0ea050.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6b2b9999933e605aa468dc8b95f778b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/738b188441132db784410104dfe70f4c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05355c551af150ba60cd04fc5067af97.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9685604537bed1b9ca82df14c0ea050.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1040aee2fbd7a163485871a9f8100b3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/738b188441132db784410104dfe70f4c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6522d9de0a3eac13c1690b214a4a22cb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>