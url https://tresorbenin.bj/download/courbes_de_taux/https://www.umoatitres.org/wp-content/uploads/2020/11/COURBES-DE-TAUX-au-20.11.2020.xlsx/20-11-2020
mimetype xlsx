--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4168b9014b19059fea110984c83a30d6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94e9a8279f76391871434cebdf5e7518.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be1fa8bc0ad291ce958ccd5c61ee9d75.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a08dcb4f9d047e6fca3d9c7273c01d5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4168b9014b19059fea110984c83a30d6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d0eb6b77738352ce2927d3a121f5dfb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be1fa8bc0ad291ce958ccd5c61ee9d75.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f306497e1bbaefb9fc889b12f9e4b6b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4168b9014b19059fea110984c83a30d6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7927a871a2fe83358741d51846b31e1e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be1fa8bc0ad291ce958ccd5c61ee9d75.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6abc0bf039dd460bc341df05ef60918c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4168b9014b19059fea110984c83a30d6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5e61b848d7b94446b38dfdfaad89d34.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be1fa8bc0ad291ce958ccd5c61ee9d75.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/771b8c366920b91f0f9dea20fc38216b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4168b9014b19059fea110984c83a30d6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/143c73fa326126443c5669682863907a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be1fa8bc0ad291ce958ccd5c61ee9d75.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39039e6ef450578e9ad880f2791162bf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4168b9014b19059fea110984c83a30d6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c09da7f9038fa6f19e4bf24864cc2d0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be1fa8bc0ad291ce958ccd5c61ee9d75.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c97c3f784048d1dce34d9f18eaf34fae.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4168b9014b19059fea110984c83a30d6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b7766350127a67509d7f4d828d06de5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be1fa8bc0ad291ce958ccd5c61ee9d75.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86422a98e0510c16a8acc99cb871d299.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4168b9014b19059fea110984c83a30d6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81080a57871591aaa8e80bc475e8f1a3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be1fa8bc0ad291ce958ccd5c61ee9d75.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02fbd20156a4290c461dacdaaf09dc98.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>