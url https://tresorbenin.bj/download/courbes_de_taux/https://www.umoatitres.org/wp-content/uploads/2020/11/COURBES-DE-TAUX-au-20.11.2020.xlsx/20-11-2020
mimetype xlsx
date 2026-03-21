--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be1fa8bc0ad291ce958ccd5c61ee9d75.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a08dcb4f9d047e6fca3d9c7273c01d5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9f76169265dc79adc157b6f22c9cabe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a9186d2c1a75056fe2f21865791ee05.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be1fa8bc0ad291ce958ccd5c61ee9d75.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f306497e1bbaefb9fc889b12f9e4b6b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9f76169265dc79adc157b6f22c9cabe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e40638f5748fd20e9d408b6651eeff71.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be1fa8bc0ad291ce958ccd5c61ee9d75.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6abc0bf039dd460bc341df05ef60918c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9f76169265dc79adc157b6f22c9cabe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eaa1b02af71a99fc520932b6608723e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be1fa8bc0ad291ce958ccd5c61ee9d75.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/771b8c366920b91f0f9dea20fc38216b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9f76169265dc79adc157b6f22c9cabe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c4f4becdbfa36d8bdff87e1eff2d7e3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be1fa8bc0ad291ce958ccd5c61ee9d75.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39039e6ef450578e9ad880f2791162bf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9f76169265dc79adc157b6f22c9cabe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fa37237037f3414baa6a01b037838e3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be1fa8bc0ad291ce958ccd5c61ee9d75.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c97c3f784048d1dce34d9f18eaf34fae.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9f76169265dc79adc157b6f22c9cabe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d4b4d45a7c1fb65a9f443e403249cab.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be1fa8bc0ad291ce958ccd5c61ee9d75.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86422a98e0510c16a8acc99cb871d299.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9f76169265dc79adc157b6f22c9cabe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36575fdc761f0e4c4e6d1e163bcd8e3f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be1fa8bc0ad291ce958ccd5c61ee9d75.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02fbd20156a4290c461dacdaaf09dc98.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9f76169265dc79adc157b6f22c9cabe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42b9601f46451fbb706fe58234bd98a7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>