--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d28f9ca8d4b183431c53629fa3ddc1c5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fae0ce980ad3761c2da6fb51a1c9433c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926d7c6182cfa5d2df3afe3dbe7acbfd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d6cd339bb48b17e08221923340eb2e6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d28f9ca8d4b183431c53629fa3ddc1c5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/776770691ae885284810c00b96876b9d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926d7c6182cfa5d2df3afe3dbe7acbfd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9019d75a55cebf7c22ba7c18442b80c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d28f9ca8d4b183431c53629fa3ddc1c5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f6039f61dcb130ce9691932fc8b8e0f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926d7c6182cfa5d2df3afe3dbe7acbfd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/873b5c8202be788c08d7fd8ad3d61d17.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d28f9ca8d4b183431c53629fa3ddc1c5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94578c61c28768e644d8956773106805.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926d7c6182cfa5d2df3afe3dbe7acbfd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2658ae71b9f67e2e84ce8c986ae6b7af.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d28f9ca8d4b183431c53629fa3ddc1c5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f55f714f16ce9e05dbab386502ca7da2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926d7c6182cfa5d2df3afe3dbe7acbfd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/453c33be5c178a7fba54c6dedca973fa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d28f9ca8d4b183431c53629fa3ddc1c5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbc72d6d36b5b581b2b2dfd9b633b252.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926d7c6182cfa5d2df3afe3dbe7acbfd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de504f88fa12a4a6fdb0f274a195454e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d28f9ca8d4b183431c53629fa3ddc1c5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1005beaecc05e95c7c137e59ca29102c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926d7c6182cfa5d2df3afe3dbe7acbfd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/535d32dfb53ade224d82628283398003.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d28f9ca8d4b183431c53629fa3ddc1c5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a62b778fedce64e347ab51e234fd9c1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926d7c6182cfa5d2df3afe3dbe7acbfd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b581a94cbf092d27df50108349d25b08.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>