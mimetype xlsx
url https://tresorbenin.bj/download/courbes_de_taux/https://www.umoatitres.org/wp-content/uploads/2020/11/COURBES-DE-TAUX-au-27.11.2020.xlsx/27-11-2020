--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926d7c6182cfa5d2df3afe3dbe7acbfd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d6cd339bb48b17e08221923340eb2e6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c20b85a3da8a6acddcb8ffd9116693c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eda3778b2ada6bbd8b6c991c9277dce.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926d7c6182cfa5d2df3afe3dbe7acbfd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9019d75a55cebf7c22ba7c18442b80c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c20b85a3da8a6acddcb8ffd9116693c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f653f38f9aec2e8a0466234f708d915.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926d7c6182cfa5d2df3afe3dbe7acbfd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/873b5c8202be788c08d7fd8ad3d61d17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c20b85a3da8a6acddcb8ffd9116693c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20475b6214efcc51808d6353e0431ea7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926d7c6182cfa5d2df3afe3dbe7acbfd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2658ae71b9f67e2e84ce8c986ae6b7af.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c20b85a3da8a6acddcb8ffd9116693c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e4a9f030665787a8a4b4d53f0090cfb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926d7c6182cfa5d2df3afe3dbe7acbfd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/453c33be5c178a7fba54c6dedca973fa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c20b85a3da8a6acddcb8ffd9116693c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bcf36e134445a3ad2b67e7c0529d5bd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926d7c6182cfa5d2df3afe3dbe7acbfd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de504f88fa12a4a6fdb0f274a195454e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c20b85a3da8a6acddcb8ffd9116693c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb8e0cc669a5bc7b04093bb6d9b5ce1e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926d7c6182cfa5d2df3afe3dbe7acbfd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/535d32dfb53ade224d82628283398003.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c20b85a3da8a6acddcb8ffd9116693c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/275196980621f286733ec05f53ed0be8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926d7c6182cfa5d2df3afe3dbe7acbfd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b581a94cbf092d27df50108349d25b08.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c20b85a3da8a6acddcb8ffd9116693c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc1fd48ef87ba6d9713e2a95ed93ba7b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>