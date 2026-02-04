--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41be493cf8eaff0c79b06e73e9c7770c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0918919a5d9afcb3ba0b64bd3a25f86d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2f8c1a78941915b70741c161b6abe15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40deff5668c9c0da25cce57d29738196.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41be493cf8eaff0c79b06e73e9c7770c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/912b61952ca615bb8bf93e588bd4e82b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2f8c1a78941915b70741c161b6abe15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a84f12278ffbefef16a6ce4bf370bb2c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41be493cf8eaff0c79b06e73e9c7770c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f98fc7167e84aa396895400d67397799.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2f8c1a78941915b70741c161b6abe15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33e8388d0612475f14b63a725e7b8c74.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41be493cf8eaff0c79b06e73e9c7770c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f511b156dfd9f4f02f0f49ca4a3489e6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2f8c1a78941915b70741c161b6abe15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba50f6b2f24f35912382237e7974839a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41be493cf8eaff0c79b06e73e9c7770c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/752dce3038d02cbbb746b4615c357bc3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2f8c1a78941915b70741c161b6abe15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67956505670bfea6d5187aea0886140e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41be493cf8eaff0c79b06e73e9c7770c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90764d98a1bd59be896a7c5dbb0a7c93.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2f8c1a78941915b70741c161b6abe15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42665caad8bfc0f83017a84bcc833432.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41be493cf8eaff0c79b06e73e9c7770c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2375d7e0ec337b0506db130f214441e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2f8c1a78941915b70741c161b6abe15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8082cde251d48fdefac2325b4d2d2ff1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41be493cf8eaff0c79b06e73e9c7770c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56c7f1439df2c154c93c6106410a5649.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2f8c1a78941915b70741c161b6abe15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edb08269d69158923a471e16506275ec.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>