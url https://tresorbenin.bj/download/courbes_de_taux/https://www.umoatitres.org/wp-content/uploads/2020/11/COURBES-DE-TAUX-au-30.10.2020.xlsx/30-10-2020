--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2f8c1a78941915b70741c161b6abe15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40deff5668c9c0da25cce57d29738196.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c40b6926f61c1c0764f17b6f51c88d8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/baae0e4ac94400e7855f6af8eb33b5bc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2f8c1a78941915b70741c161b6abe15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a84f12278ffbefef16a6ce4bf370bb2c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c40b6926f61c1c0764f17b6f51c88d8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc116bf481763e23e392896f39a9a83f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2f8c1a78941915b70741c161b6abe15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33e8388d0612475f14b63a725e7b8c74.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c40b6926f61c1c0764f17b6f51c88d8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52b5e03fd39ccaaa35d43beafb3c235e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2f8c1a78941915b70741c161b6abe15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba50f6b2f24f35912382237e7974839a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c40b6926f61c1c0764f17b6f51c88d8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9a8db2f95d3c2935b30c12a797c52f8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2f8c1a78941915b70741c161b6abe15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67956505670bfea6d5187aea0886140e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c40b6926f61c1c0764f17b6f51c88d8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33ab0b7c91f3f05836f7643b6eeb4185.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2f8c1a78941915b70741c161b6abe15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42665caad8bfc0f83017a84bcc833432.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c40b6926f61c1c0764f17b6f51c88d8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/643a427fec60b6fc4642fa123d05c123.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2f8c1a78941915b70741c161b6abe15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8082cde251d48fdefac2325b4d2d2ff1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c40b6926f61c1c0764f17b6f51c88d8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7d672731a4fbba747307c0b713c5917.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2f8c1a78941915b70741c161b6abe15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edb08269d69158923a471e16506275ec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c40b6926f61c1c0764f17b6f51c88d8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b3f0e31c3d573157db4f0ca0b90f49e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>