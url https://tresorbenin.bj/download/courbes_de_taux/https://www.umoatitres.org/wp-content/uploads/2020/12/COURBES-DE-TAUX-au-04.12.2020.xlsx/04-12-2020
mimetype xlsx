--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d37d3c01c678d10736a9a114a07b37f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68b8b6e1a979a53358ec54a24174e981.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f80e21660f5507c368a2eff0ecc1b0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b912f2c4aece0e3c99e88d40d68ecada.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d37d3c01c678d10736a9a114a07b37f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dc8251fd5b73bda5f5709d11fee6f24.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f80e21660f5507c368a2eff0ecc1b0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2173066ebfc15c7b45cb96e32adb80c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d37d3c01c678d10736a9a114a07b37f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7802dcfd33a5dd0af8ba09d57e3ddb91.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f80e21660f5507c368a2eff0ecc1b0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52ef69fd660b5e7b7442f8107cc92229.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d37d3c01c678d10736a9a114a07b37f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/453596ca2d0eba911458c81819aab40e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f80e21660f5507c368a2eff0ecc1b0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732be7807b2ae513f5af48b7a8ff58f1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d37d3c01c678d10736a9a114a07b37f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcae67b2221a61b192cc6bc334097cb7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f80e21660f5507c368a2eff0ecc1b0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abc7b642ad5f5fe34bfc2f017014803b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d37d3c01c678d10736a9a114a07b37f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba062020ca4ba1fc9cad166ff657175c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f80e21660f5507c368a2eff0ecc1b0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f399564a643fee8c76f167c56e53fa3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d37d3c01c678d10736a9a114a07b37f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9280bcbc95924c9ec45bb41990946364.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f80e21660f5507c368a2eff0ecc1b0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d77b0bd2602a617961a6b85f9fe25d4e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d37d3c01c678d10736a9a114a07b37f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/589c8893f462dd5cff9abe87c9c0611a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f80e21660f5507c368a2eff0ecc1b0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab13292195e8d730cac79397a85071ec.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>