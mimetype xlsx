--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f80e21660f5507c368a2eff0ecc1b0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b912f2c4aece0e3c99e88d40d68ecada.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a1eb0276a6ef17b1d9492b28c6037cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41004b05d715aaa992ab8ed99750a10e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f80e21660f5507c368a2eff0ecc1b0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2173066ebfc15c7b45cb96e32adb80c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a1eb0276a6ef17b1d9492b28c6037cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b37ee369479c67bc8489ee4e0b685a4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f80e21660f5507c368a2eff0ecc1b0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52ef69fd660b5e7b7442f8107cc92229.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a1eb0276a6ef17b1d9492b28c6037cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b73d1cc79af751d7b07ad6d1eb27c31.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f80e21660f5507c368a2eff0ecc1b0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732be7807b2ae513f5af48b7a8ff58f1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a1eb0276a6ef17b1d9492b28c6037cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2562887b124e94399c48c53730ec163c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f80e21660f5507c368a2eff0ecc1b0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abc7b642ad5f5fe34bfc2f017014803b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a1eb0276a6ef17b1d9492b28c6037cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7afd2ea7d3bdeb4544dc1ffda110c2f3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f80e21660f5507c368a2eff0ecc1b0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f399564a643fee8c76f167c56e53fa3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a1eb0276a6ef17b1d9492b28c6037cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/872ae6eeb3200256de95cf4e10aa57e2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f80e21660f5507c368a2eff0ecc1b0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d77b0bd2602a617961a6b85f9fe25d4e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a1eb0276a6ef17b1d9492b28c6037cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20fed41e8452dcbedf323363964205e5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f80e21660f5507c368a2eff0ecc1b0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab13292195e8d730cac79397a85071ec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a1eb0276a6ef17b1d9492b28c6037cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a07d9c743e5db51e2c06e111c0bcf58.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>