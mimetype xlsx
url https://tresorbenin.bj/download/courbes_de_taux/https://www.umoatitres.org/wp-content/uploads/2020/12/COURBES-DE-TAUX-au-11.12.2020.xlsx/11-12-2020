--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1405c599b79af01fcbcc23e8e210c758.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be56b9c5fcb418f87ee8ffdebe7ab3e6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a157634e767b1f2f46d2bd761b77db3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f88a8540824ba8d4b4ec7322be5bc9c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1405c599b79af01fcbcc23e8e210c758.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab5a5893cb9098a8888813287b195131.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a157634e767b1f2f46d2bd761b77db3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0281de5633812e338c069ee62a911de4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1405c599b79af01fcbcc23e8e210c758.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8dbae327de3383d5509c3b5963a07ab.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a157634e767b1f2f46d2bd761b77db3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88e2ae364692d3431490dbccae1ae8c1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1405c599b79af01fcbcc23e8e210c758.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a4585fcd66a531ab024b74f8c26b964.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a157634e767b1f2f46d2bd761b77db3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcb7a0a57c16914192edf48ba3731989.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1405c599b79af01fcbcc23e8e210c758.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bc9c78f12156a993f51ea2902ceb99b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a157634e767b1f2f46d2bd761b77db3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d10b6ec235e0d0e0dc1eaab4b672e0ff.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1405c599b79af01fcbcc23e8e210c758.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7c6045b91a1407a9037a05efd194df5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a157634e767b1f2f46d2bd761b77db3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f71648421bd97bb6eb7d86d4d5f9f96.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1405c599b79af01fcbcc23e8e210c758.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8219f6a7d2162b16df2b783a3937c1f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a157634e767b1f2f46d2bd761b77db3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b98a57de55f6c88d05767bfed8f814.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1405c599b79af01fcbcc23e8e210c758.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/467bc482a93566b24849d5a7bc0753c5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a157634e767b1f2f46d2bd761b77db3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f355dcb66500f423e5ad0ab02e74346.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>