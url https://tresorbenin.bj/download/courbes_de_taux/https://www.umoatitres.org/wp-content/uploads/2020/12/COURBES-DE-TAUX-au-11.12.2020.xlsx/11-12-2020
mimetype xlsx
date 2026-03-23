--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a157634e767b1f2f46d2bd761b77db3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f88a8540824ba8d4b4ec7322be5bc9c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c41604ddef0b42f2e3cab182bae88813.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e96ec6459444e0879459087fe962705d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a157634e767b1f2f46d2bd761b77db3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0281de5633812e338c069ee62a911de4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c41604ddef0b42f2e3cab182bae88813.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8477b9cb082fc0dce3b916309433be7b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a157634e767b1f2f46d2bd761b77db3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88e2ae364692d3431490dbccae1ae8c1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c41604ddef0b42f2e3cab182bae88813.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a362424b30356d38304c7d7f14cc49a8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a157634e767b1f2f46d2bd761b77db3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcb7a0a57c16914192edf48ba3731989.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c41604ddef0b42f2e3cab182bae88813.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/378944e9c476db9a1c9b2fe68dc745e7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a157634e767b1f2f46d2bd761b77db3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d10b6ec235e0d0e0dc1eaab4b672e0ff.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c41604ddef0b42f2e3cab182bae88813.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6f00ae59d30b0d735c44fe45cc9cfa3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a157634e767b1f2f46d2bd761b77db3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f71648421bd97bb6eb7d86d4d5f9f96.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c41604ddef0b42f2e3cab182bae88813.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb9ec2f3f77b2766ae273ace4f099321.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a157634e767b1f2f46d2bd761b77db3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b98a57de55f6c88d05767bfed8f814.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c41604ddef0b42f2e3cab182bae88813.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1aff15168783a131c7dba0da51227d48.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a157634e767b1f2f46d2bd761b77db3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f355dcb66500f423e5ad0ab02e74346.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c41604ddef0b42f2e3cab182bae88813.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/257ebb86f9aa4fa2eb8ee37f8b127320.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>