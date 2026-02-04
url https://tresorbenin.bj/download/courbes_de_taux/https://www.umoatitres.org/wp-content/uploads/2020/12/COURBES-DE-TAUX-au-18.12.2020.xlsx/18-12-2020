--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c57c28404f138d5cda2289a1f8f9e4ef.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f88f1b21d76e064616097cde1beb207.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a7557fc2216574f5a1cbb4e5d58db4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a6afad9fff2fee3fd69bf02ccbc0159.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c57c28404f138d5cda2289a1f8f9e4ef.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa256ed69f312e375fe816fbabfd8050.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a7557fc2216574f5a1cbb4e5d58db4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0af0657c4c0b91c68a007710828e5011.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c57c28404f138d5cda2289a1f8f9e4ef.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82b3dd11a9809ac7e46b7b57bcd357f6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a7557fc2216574f5a1cbb4e5d58db4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18f7f54334d14b3f380d648a8268aed4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c57c28404f138d5cda2289a1f8f9e4ef.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f675ec57eb0199ad989675cc28f62be.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a7557fc2216574f5a1cbb4e5d58db4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/309bbe3c84855c556f9465b709172043.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c57c28404f138d5cda2289a1f8f9e4ef.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a8f7a779b6690d9676664d2bdfee17d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a7557fc2216574f5a1cbb4e5d58db4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe05522e82fdd81ed51504952f9d249a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c57c28404f138d5cda2289a1f8f9e4ef.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f87d2dd5a094585db1f435ada6efdd7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a7557fc2216574f5a1cbb4e5d58db4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b37a73124e273c1d153208f5e7874083.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c57c28404f138d5cda2289a1f8f9e4ef.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87a29b1285d5f91aa1f60844819c2f7f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a7557fc2216574f5a1cbb4e5d58db4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ddcc22f8bf4fc506188eb3f7006cc60.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c57c28404f138d5cda2289a1f8f9e4ef.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/537397233e46acf85f1debd0984f5264.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a7557fc2216574f5a1cbb4e5d58db4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/698299941f720ffad1abddbe8f5a42a6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>