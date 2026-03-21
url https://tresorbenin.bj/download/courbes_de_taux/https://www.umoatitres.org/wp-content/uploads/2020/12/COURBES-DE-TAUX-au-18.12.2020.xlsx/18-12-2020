--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a7557fc2216574f5a1cbb4e5d58db4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a6afad9fff2fee3fd69bf02ccbc0159.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58f681e93d02cbc6260242bc7a69e59e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da285b07b7a0903bea925da64a79b8cc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a7557fc2216574f5a1cbb4e5d58db4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0af0657c4c0b91c68a007710828e5011.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58f681e93d02cbc6260242bc7a69e59e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34b1768042d1b3df0fa27b46111423be.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a7557fc2216574f5a1cbb4e5d58db4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18f7f54334d14b3f380d648a8268aed4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58f681e93d02cbc6260242bc7a69e59e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03ab26cc59510f6cde07b53f7315b45c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a7557fc2216574f5a1cbb4e5d58db4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/309bbe3c84855c556f9465b709172043.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58f681e93d02cbc6260242bc7a69e59e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ed469351f048a3b45eb1eff7bf45349.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a7557fc2216574f5a1cbb4e5d58db4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe05522e82fdd81ed51504952f9d249a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58f681e93d02cbc6260242bc7a69e59e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/934a1de825189c4a75be2847cbb61501.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a7557fc2216574f5a1cbb4e5d58db4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b37a73124e273c1d153208f5e7874083.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58f681e93d02cbc6260242bc7a69e59e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e19ba1756ad3b09b56173a805e864bfe.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a7557fc2216574f5a1cbb4e5d58db4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ddcc22f8bf4fc506188eb3f7006cc60.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58f681e93d02cbc6260242bc7a69e59e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ff82f14bde1aff4c9019ce2fd1ce447.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a7557fc2216574f5a1cbb4e5d58db4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/698299941f720ffad1abddbe8f5a42a6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58f681e93d02cbc6260242bc7a69e59e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2ac73a182cc3a1b62d345e4ef779f31.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>