--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3ac449bc68b6850ee97721fb10c2dc6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaca30de435b954f0d9a1b51ed69517a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c4126616c37af3d682a01c6adae2f16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdb03a40573292e0eec7b964b02d95db.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3ac449bc68b6850ee97721fb10c2dc6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5be51f69bbab1dc5fb2f81e2b7141c1f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c4126616c37af3d682a01c6adae2f16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95ad46e8b70db38ec635a7fe67565faa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3ac449bc68b6850ee97721fb10c2dc6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8379c737623af7a6f6b305ef013464db.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c4126616c37af3d682a01c6adae2f16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3470063d04bf8ce4ce5fae1547975be.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3ac449bc68b6850ee97721fb10c2dc6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0ed2634014ea427a3d2fbfcb96e838d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c4126616c37af3d682a01c6adae2f16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/675063e4c22b6502eef7ce3f1f9cf095.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3ac449bc68b6850ee97721fb10c2dc6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a318f32a2aa6f47f8c1fea9434cd3fcd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c4126616c37af3d682a01c6adae2f16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af56aac5c19884e69caf16ebf3bb6708.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3ac449bc68b6850ee97721fb10c2dc6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39c1b6f902cab63691c4d871b7d2cdde.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c4126616c37af3d682a01c6adae2f16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7980e4aa91b8c75a814c33667676f774.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3ac449bc68b6850ee97721fb10c2dc6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b400ab692a2569dbe4fc97c22c453ce8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c4126616c37af3d682a01c6adae2f16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86fa6acbd6e8b10a2ed6a91e98191255.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3ac449bc68b6850ee97721fb10c2dc6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59bb2e1af9000c59e05ae30f17b6bb97.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c4126616c37af3d682a01c6adae2f16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/448722f394e660c272bdc8fa5d9ffcd4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>