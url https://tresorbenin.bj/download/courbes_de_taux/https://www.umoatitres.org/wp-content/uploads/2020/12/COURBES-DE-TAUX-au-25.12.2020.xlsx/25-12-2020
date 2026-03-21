--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c4126616c37af3d682a01c6adae2f16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdb03a40573292e0eec7b964b02d95db.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f91622f22571d2b26419c90c932a5ee4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ee189b8067e0a776bfc583956da4982.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c4126616c37af3d682a01c6adae2f16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95ad46e8b70db38ec635a7fe67565faa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f91622f22571d2b26419c90c932a5ee4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f15a37a815672bb286db2087b89784f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c4126616c37af3d682a01c6adae2f16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3470063d04bf8ce4ce5fae1547975be.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f91622f22571d2b26419c90c932a5ee4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33a5f26a4f28781e6310ce01be0c5d91.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c4126616c37af3d682a01c6adae2f16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/675063e4c22b6502eef7ce3f1f9cf095.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f91622f22571d2b26419c90c932a5ee4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39f4051cd86b7cf8904015f8797c3505.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c4126616c37af3d682a01c6adae2f16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af56aac5c19884e69caf16ebf3bb6708.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f91622f22571d2b26419c90c932a5ee4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae40b480a458b2545fdb303a7cd86343.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c4126616c37af3d682a01c6adae2f16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7980e4aa91b8c75a814c33667676f774.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f91622f22571d2b26419c90c932a5ee4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73d775590d189e33bbf3e42f6b2162ac.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c4126616c37af3d682a01c6adae2f16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86fa6acbd6e8b10a2ed6a91e98191255.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f91622f22571d2b26419c90c932a5ee4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186f817148992ff04118ae04f0944ff0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c4126616c37af3d682a01c6adae2f16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/448722f394e660c272bdc8fa5d9ffcd4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f91622f22571d2b26419c90c932a5ee4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26f956b0044d45c940272a23f4cbb9fe.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>