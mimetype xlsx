--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c105f05560a2470b15f453404e44fb6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/262f66140cf40a67dbd8eb161debc290.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361311e71335330a195e685aa656836f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c5bd7d943b9e02665fcb12ea00ae246.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c105f05560a2470b15f453404e44fb6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8ce74fb8d6c8e8858989c6861881cc4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361311e71335330a195e685aa656836f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d991e1a58887408932215ffb1a4c258.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c105f05560a2470b15f453404e44fb6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cfdb474cb6fb9c39fad1926b4d74516.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361311e71335330a195e685aa656836f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c88db90bddd784e904eee9db11dea455.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c105f05560a2470b15f453404e44fb6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2673229e9f9d6046f306227fab1d519d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361311e71335330a195e685aa656836f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de3459ed5c7c9d0984da2f9511103b11.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c105f05560a2470b15f453404e44fb6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f748faf2cd1669edbc267214c17d709c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361311e71335330a195e685aa656836f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/255d5bfda8e7f67436d2a56184386dfd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c105f05560a2470b15f453404e44fb6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad00d342fb9cbc62d9efd6f73efaa538.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361311e71335330a195e685aa656836f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b91569e7f38ef1c8d861bfacf1fb93c4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c105f05560a2470b15f453404e44fb6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5049eb8f1b208da386bff0e785c51ebe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361311e71335330a195e685aa656836f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e942606ca2ff365a81bf2139a0d1c1a7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c105f05560a2470b15f453404e44fb6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64af57846188794f35c6aed154e83122.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361311e71335330a195e685aa656836f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb14fa7e2a36318efeec9b8e59d7115e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>