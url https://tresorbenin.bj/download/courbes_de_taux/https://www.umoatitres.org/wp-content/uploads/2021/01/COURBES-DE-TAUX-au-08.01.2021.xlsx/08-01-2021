--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361311e71335330a195e685aa656836f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c5bd7d943b9e02665fcb12ea00ae246.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83bc2e95b4985ab84d31ce9ca849ab07.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1838a227153104d975ddb079c21646d6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361311e71335330a195e685aa656836f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d991e1a58887408932215ffb1a4c258.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83bc2e95b4985ab84d31ce9ca849ab07.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b60a608b867b3b690f3b9035dbb31faa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361311e71335330a195e685aa656836f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c88db90bddd784e904eee9db11dea455.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83bc2e95b4985ab84d31ce9ca849ab07.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f44d005121876642b6142273bd948c5f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361311e71335330a195e685aa656836f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de3459ed5c7c9d0984da2f9511103b11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83bc2e95b4985ab84d31ce9ca849ab07.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84089c4f8818cf5c0fc5e20f8feb789d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361311e71335330a195e685aa656836f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/255d5bfda8e7f67436d2a56184386dfd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83bc2e95b4985ab84d31ce9ca849ab07.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf497f08283ed708212917c93394ce34.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361311e71335330a195e685aa656836f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b91569e7f38ef1c8d861bfacf1fb93c4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83bc2e95b4985ab84d31ce9ca849ab07.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81dadd27035bc8de343ae91a25c8292d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361311e71335330a195e685aa656836f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e942606ca2ff365a81bf2139a0d1c1a7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83bc2e95b4985ab84d31ce9ca849ab07.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49f17cf1f484043bed1313417c8c9988.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361311e71335330a195e685aa656836f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb14fa7e2a36318efeec9b8e59d7115e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83bc2e95b4985ab84d31ce9ca849ab07.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/353a7ae485c781b949094ba70a7bdc32.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>