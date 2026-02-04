--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00f1e3e8a6477a451a7d788b61e2c94f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67f2fa33c2a5e0c1dde2e0abd6970390.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02c735f0253c805e1f64c30ba5cfc39e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0cd87549de8644d77cf6c3461527de1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00f1e3e8a6477a451a7d788b61e2c94f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f6541fe1826b681f629e823a38146b8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02c735f0253c805e1f64c30ba5cfc39e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69ef365b431bc1a9124f2c85b2bf8185.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00f1e3e8a6477a451a7d788b61e2c94f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19dfafe77852fa1a9454fd138d83353b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02c735f0253c805e1f64c30ba5cfc39e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/465111b41f8d96eca4a6cb123780a13c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00f1e3e8a6477a451a7d788b61e2c94f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02c735f0253c805e1f64c30ba5cfc39e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00f1e3e8a6477a451a7d788b61e2c94f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9435105ec47c72d41b5cb92207123a97.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02c735f0253c805e1f64c30ba5cfc39e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5fc08ef79551cf2ee5478b78899f332.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00f1e3e8a6477a451a7d788b61e2c94f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2e01ebe3334ffbec32bc7ae56f16706.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02c735f0253c805e1f64c30ba5cfc39e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da42f737ac42b2f97126aff48900f778.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00f1e3e8a6477a451a7d788b61e2c94f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8bd1150bb1507a648976117da3b38ea.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02c735f0253c805e1f64c30ba5cfc39e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e46f5f38daa040a484cd8095869f4b22.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00f1e3e8a6477a451a7d788b61e2c94f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbfd2838eba8a97e417094b5d6a0eea6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02c735f0253c805e1f64c30ba5cfc39e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31cc9798e973b905b65eeae13abba145.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>