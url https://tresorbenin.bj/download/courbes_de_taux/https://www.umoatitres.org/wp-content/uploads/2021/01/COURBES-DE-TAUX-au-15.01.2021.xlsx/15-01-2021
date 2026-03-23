--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02c735f0253c805e1f64c30ba5cfc39e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0cd87549de8644d77cf6c3461527de1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93950cb6c4c7048bfc68984a7c3b6f49.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b18535e8285482036f8e0791ef50eddc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02c735f0253c805e1f64c30ba5cfc39e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69ef365b431bc1a9124f2c85b2bf8185.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93950cb6c4c7048bfc68984a7c3b6f49.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8b22e765a30400419dbbb93d29245ef.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02c735f0253c805e1f64c30ba5cfc39e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/465111b41f8d96eca4a6cb123780a13c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93950cb6c4c7048bfc68984a7c3b6f49.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41279dcb95d76c9d06c76112ce014e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02c735f0253c805e1f64c30ba5cfc39e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93950cb6c4c7048bfc68984a7c3b6f49.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02c735f0253c805e1f64c30ba5cfc39e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5fc08ef79551cf2ee5478b78899f332.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93950cb6c4c7048bfc68984a7c3b6f49.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39a0e3e51b26a2bf552f5d49ba87e0e9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02c735f0253c805e1f64c30ba5cfc39e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da42f737ac42b2f97126aff48900f778.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93950cb6c4c7048bfc68984a7c3b6f49.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5194036a9d0653e28a932306ff323d4a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02c735f0253c805e1f64c30ba5cfc39e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e46f5f38daa040a484cd8095869f4b22.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93950cb6c4c7048bfc68984a7c3b6f49.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7193989e8a613fcbf7f6ed30fc12266.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02c735f0253c805e1f64c30ba5cfc39e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31cc9798e973b905b65eeae13abba145.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93950cb6c4c7048bfc68984a7c3b6f49.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a0480318700faf558d3d64d7d8c3b1d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>